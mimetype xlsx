--- v0 (2025-11-24)
+++ v1 (2026-01-11)
@@ -10,152 +10,198 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/f4dd54fdcc2a60a7/Documents/Stats/Matrices/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="161" documentId="8_{14E6D6EF-88AC-42B7-AA22-719AF0A3EEDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{24F1DD24-B517-4716-A350-15F513CF1E46}"/>
+  <xr:revisionPtr revIDLastSave="202" documentId="8_{14E6D6EF-88AC-42B7-AA22-719AF0A3EEDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{40E22F68-B89F-43A7-B303-D63151DF405B}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="3" activeTab="13" xr2:uid="{0D897852-A557-4C1E-808B-B5FA9F924B9C}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="3" activeTab="12" xr2:uid="{0D897852-A557-4C1E-808B-B5FA9F924B9C}"/>
   </bookViews>
   <sheets>
     <sheet name="Matrix ops" sheetId="3" r:id="rId1"/>
     <sheet name="Norms" sheetId="2" r:id="rId2"/>
     <sheet name="Centr-Norml-Stdz" sheetId="1" r:id="rId3"/>
     <sheet name="Covar" sheetId="4" r:id="rId4"/>
     <sheet name="Covar 1" sheetId="8" r:id="rId5"/>
     <sheet name="Covar cent+scaled" sheetId="12" r:id="rId6"/>
     <sheet name="Cholesky" sheetId="5" r:id="rId7"/>
     <sheet name="Eigen exmpl" sheetId="9" r:id="rId8"/>
     <sheet name="EVD" sheetId="7" r:id="rId9"/>
     <sheet name="SD" sheetId="10" r:id="rId10"/>
     <sheet name="SVD raw" sheetId="15" r:id="rId11"/>
     <sheet name="SVD cov" sheetId="13" r:id="rId12"/>
     <sheet name="EVD &amp; SVD" sheetId="6" r:id="rId13"/>
     <sheet name="PCA Score" sheetId="16" r:id="rId14"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId15"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C2" i="16" l="1"/>
+  <c r="Q3" i="6" l="1"/>
+  <c r="R3" i="6"/>
+  <c r="S3" i="6"/>
+  <c r="T3" i="6"/>
+  <c r="Q4" i="6"/>
+  <c r="R4" i="6"/>
+  <c r="S4" i="6"/>
+  <c r="T4" i="6"/>
+  <c r="Q5" i="6"/>
+  <c r="R5" i="6"/>
+  <c r="S5" i="6"/>
+  <c r="T5" i="6"/>
+  <c r="Q6" i="6"/>
+  <c r="R6" i="6"/>
+  <c r="S6" i="6"/>
+  <c r="T6" i="6"/>
+  <c r="Q7" i="6"/>
+  <c r="R7" i="6"/>
+  <c r="S7" i="6"/>
+  <c r="T7" i="6"/>
+  <c r="R2" i="6"/>
+  <c r="S2" i="6"/>
+  <c r="T2" i="6"/>
+  <c r="Q2" i="6"/>
+  <c r="J3" i="6"/>
+  <c r="K3" i="6"/>
+  <c r="L3" i="6"/>
+  <c r="M3" i="6"/>
+  <c r="J4" i="6"/>
+  <c r="K4" i="6"/>
+  <c r="L4" i="6"/>
+  <c r="M4" i="6"/>
+  <c r="J5" i="6"/>
+  <c r="K5" i="6"/>
+  <c r="L5" i="6"/>
+  <c r="M5" i="6"/>
+  <c r="J6" i="6"/>
+  <c r="K6" i="6"/>
+  <c r="L6" i="6"/>
+  <c r="M6" i="6"/>
+  <c r="J7" i="6"/>
+  <c r="K7" i="6"/>
+  <c r="L7" i="6"/>
+  <c r="M7" i="6"/>
+  <c r="K2" i="6"/>
+  <c r="L2" i="6"/>
+  <c r="M2" i="6"/>
+  <c r="J2" i="6"/>
+  <c r="C2" i="16"/>
   <c r="D2" i="16"/>
   <c r="E2" i="16"/>
   <c r="C3" i="16"/>
   <c r="D3" i="16"/>
   <c r="E3" i="16"/>
   <c r="C4" i="16"/>
   <c r="D4" i="16"/>
   <c r="E4" i="16"/>
   <c r="C5" i="16"/>
   <c r="D5" i="16"/>
   <c r="E5" i="16"/>
   <c r="C6" i="16"/>
   <c r="D6" i="16"/>
   <c r="E6" i="16"/>
   <c r="C7" i="16"/>
   <c r="D7" i="16"/>
   <c r="E7" i="16"/>
   <c r="B2" i="16"/>
   <c r="B3" i="16"/>
   <c r="B4" i="16"/>
   <c r="B5" i="16"/>
   <c r="B6" i="16"/>
   <c r="B7" i="16"/>
   <c r="B1" i="16"/>
   <c r="E3" i="2"/>
   <c r="U2" i="12" a="1"/>
   <c r="U2" i="12" s="1"/>
   <c r="X12" i="6" a="1"/>
   <c r="X12" i="6" s="1"/>
   <c r="AB8" i="6"/>
-  <c r="T6" i="6" s="1"/>
   <c r="AA8" i="6"/>
-  <c r="S6" i="6" s="1"/>
   <c r="Z8" i="6"/>
   <c r="C6" i="6" s="1"/>
   <c r="Y8" i="6"/>
-  <c r="Q7" i="6" s="1"/>
   <c r="B2" i="10"/>
   <c r="C2" i="10"/>
   <c r="D2" i="10"/>
   <c r="B3" i="10"/>
   <c r="C3" i="10"/>
   <c r="D3" i="10"/>
   <c r="B4" i="10"/>
   <c r="C4" i="10"/>
   <c r="D4" i="10"/>
   <c r="B5" i="10"/>
   <c r="C5" i="10"/>
   <c r="D5" i="10"/>
   <c r="A3" i="10"/>
   <c r="A4" i="10"/>
   <c r="A5" i="10"/>
   <c r="A2" i="10"/>
   <c r="C16" i="7"/>
   <c r="B11" i="7"/>
   <c r="P16" i="12" a="1"/>
   <c r="P16" i="12" s="1"/>
   <c r="E8" i="7"/>
   <c r="E13" i="7" s="1"/>
   <c r="D8" i="7"/>
   <c r="D16" i="7" s="1"/>
   <c r="C8" i="7"/>
@@ -270,269 +316,224 @@
   <c r="C15" i="12"/>
   <c r="D15" i="12"/>
   <c r="E15" i="12"/>
   <c r="C16" i="12"/>
   <c r="D16" i="12"/>
   <c r="E16" i="12"/>
   <c r="C17" i="12"/>
   <c r="D17" i="12"/>
   <c r="E17" i="12"/>
   <c r="D12" i="12"/>
   <c r="E12" i="12"/>
   <c r="C12" i="12"/>
   <c r="B13" i="12"/>
   <c r="B14" i="12"/>
   <c r="B15" i="12"/>
   <c r="B16" i="12"/>
   <c r="B17" i="12"/>
   <c r="B12" i="12"/>
   <c r="G6" i="12"/>
   <c r="E8" i="13"/>
   <c r="D8" i="13"/>
   <c r="D16" i="13" s="1"/>
   <c r="C8" i="13"/>
   <c r="C16" i="13" s="1"/>
   <c r="B8" i="13"/>
+  <c r="S6" i="7"/>
+  <c r="V15" i="1"/>
+  <c r="AA15" i="1"/>
+  <c r="X47" i="6"/>
+  <c r="L17" i="15"/>
+  <c r="Y4" i="13"/>
+  <c r="X32" i="6"/>
+  <c r="U6" i="7"/>
+  <c r="Q3" i="13"/>
+  <c r="Z50" i="3"/>
+  <c r="B19" i="15"/>
+  <c r="U39" i="6"/>
+  <c r="J49" i="6"/>
+  <c r="G8" i="16"/>
+  <c r="G2" i="15" a="1"/>
+  <c r="J16" i="6"/>
+  <c r="J32" i="6"/>
+  <c r="L20" i="13"/>
+  <c r="A24" i="7"/>
+  <c r="Q4" i="13"/>
+  <c r="Q32" i="6"/>
+  <c r="Q5" i="13"/>
+  <c r="Y5" i="13"/>
+  <c r="X39" i="6"/>
+  <c r="B19" i="13"/>
+  <c r="G6" i="5"/>
+  <c r="X3" i="1"/>
+  <c r="X23" i="6"/>
+  <c r="B9" i="13"/>
+  <c r="L6" i="13"/>
+  <c r="G6" i="13"/>
+  <c r="G15" i="15"/>
+  <c r="B30" i="12"/>
+  <c r="L13" i="13"/>
+  <c r="G2" i="16" a="1"/>
+  <c r="A6" i="5"/>
+  <c r="X1" i="1"/>
+  <c r="B32" i="6"/>
+  <c r="L11" i="15" a="1"/>
+  <c r="Y3" i="13"/>
+  <c r="G39" i="6"/>
+  <c r="F39" i="6"/>
+  <c r="Y10" i="13"/>
+  <c r="T16" i="13" a="1"/>
+  <c r="B25" i="6"/>
+  <c r="AD42" i="6"/>
+  <c r="V9" i="1"/>
+  <c r="G11" i="16" a="1"/>
+  <c r="G16" i="13"/>
+  <c r="X2" i="1"/>
+  <c r="R6" i="7"/>
+  <c r="Y9" i="6"/>
+  <c r="Q49" i="6"/>
+  <c r="F8" i="6"/>
+  <c r="Q16" i="6"/>
+  <c r="B15" i="16"/>
+  <c r="A6" i="10"/>
+  <c r="G34" i="16"/>
+  <c r="AC3" i="1"/>
+  <c r="T6" i="7"/>
+  <c r="Q9" i="6"/>
+  <c r="F22" i="12"/>
+  <c r="N39" i="6"/>
+  <c r="B49" i="6"/>
+  <c r="B34" i="16"/>
+  <c r="B9" i="6"/>
+  <c r="Q2" i="13"/>
+  <c r="X16" i="6"/>
+  <c r="B9" i="15"/>
+  <c r="Q25" i="6"/>
+  <c r="U6" i="12"/>
+  <c r="J9" i="6"/>
+  <c r="B25" i="16"/>
   <c r="L15" i="16"/>
+  <c r="Y2" i="13"/>
+  <c r="B20" i="13"/>
+  <c r="G17" i="16"/>
+  <c r="T8" i="13"/>
+  <c r="T18" i="13"/>
+  <c r="G8" i="15"/>
+  <c r="G11" i="15" a="1"/>
+  <c r="AD16" i="6"/>
+  <c r="H6" i="4"/>
+  <c r="AD23" i="6"/>
+  <c r="J25" i="6"/>
+  <c r="B16" i="6"/>
   <c r="L11" i="16" a="1"/>
-  <c r="G34" i="16"/>
-[...83 lines deleted...]
-  <c r="G2" i="15" a="1"/>
   <c r="L11" i="16" l="1"/>
   <c r="B11" i="16" a="1"/>
   <c r="G11" i="16"/>
   <c r="G2" i="16"/>
   <c r="G28" i="16" s="1" a="1"/>
   <c r="G28" i="16" s="1"/>
   <c r="B2" i="6"/>
   <c r="D2" i="6"/>
   <c r="D7" i="6"/>
-  <c r="J7" i="6"/>
-  <c r="J3" i="6"/>
   <c r="D4" i="6"/>
-  <c r="R7" i="6"/>
-[...1 lines deleted...]
-  <c r="J5" i="6"/>
   <c r="E6" i="6"/>
-  <c r="M7" i="6"/>
-  <c r="M3" i="6"/>
   <c r="E2" i="6"/>
-  <c r="R3" i="6"/>
-[...5 lines deleted...]
-  <c r="M5" i="6"/>
   <c r="D3" i="6"/>
-  <c r="R5" i="6"/>
-[...2 lines deleted...]
-  <c r="K3" i="6"/>
   <c r="D5" i="6"/>
-  <c r="M2" i="6"/>
-[...1 lines deleted...]
-  <c r="L4" i="6"/>
   <c r="E4" i="6"/>
-  <c r="J2" i="6"/>
-[...1 lines deleted...]
-  <c r="M4" i="6"/>
   <c r="D6" i="6"/>
-  <c r="L2" i="6"/>
-[...1 lines deleted...]
-  <c r="K4" i="6"/>
   <c r="B3" i="6"/>
   <c r="B5" i="6"/>
   <c r="B7" i="6"/>
-  <c r="S3" i="6"/>
-[...1 lines deleted...]
-  <c r="S7" i="6"/>
   <c r="C3" i="6"/>
   <c r="C5" i="6"/>
   <c r="C7" i="6"/>
-  <c r="T3" i="6"/>
-[...1 lines deleted...]
-  <c r="T7" i="6"/>
   <c r="E3" i="6"/>
   <c r="E5" i="6"/>
   <c r="E7" i="6"/>
-  <c r="R2" i="6"/>
-[...2 lines deleted...]
-  <c r="Q6" i="6"/>
   <c r="B4" i="6"/>
   <c r="B6" i="6"/>
-  <c r="S2" i="6"/>
-[...2 lines deleted...]
-  <c r="Q4" i="6"/>
   <c r="C2" i="6"/>
   <c r="C4" i="6"/>
-  <c r="T2" i="6"/>
-[...2 lines deleted...]
-  <c r="Q5" i="6"/>
   <c r="E15" i="7"/>
   <c r="D13" i="7"/>
   <c r="C13" i="7"/>
   <c r="B15" i="7"/>
   <c r="D15" i="7"/>
   <c r="E12" i="7"/>
   <c r="B14" i="7"/>
   <c r="C15" i="7"/>
   <c r="D12" i="7"/>
   <c r="B16" i="7"/>
   <c r="C12" i="7"/>
   <c r="E14" i="7"/>
   <c r="B12" i="7"/>
   <c r="A20" i="7" s="1" a="1"/>
   <c r="A20" i="7" s="1"/>
   <c r="D14" i="7"/>
   <c r="E11" i="7"/>
   <c r="E16" i="7"/>
   <c r="C14" i="7"/>
   <c r="D11" i="7"/>
   <c r="T16" i="13"/>
   <c r="B12" i="1"/>
   <c r="G11" i="15"/>
   <c r="G2" i="15"/>
   <c r="L11" i="15"/>
   <c r="W2" i="1"/>
   <c r="E16" i="13"/>
   <c r="C17" i="13"/>
   <c r="E12" i="13"/>
   <c r="C13" i="13"/>
   <c r="E14" i="13"/>
   <c r="C15" i="13"/>
   <c r="B13" i="13"/>
   <c r="B15" i="13"/>
   <c r="B17" i="13"/>
   <c r="D13" i="13"/>
   <c r="D15" i="13"/>
   <c r="D17" i="13"/>
   <c r="E13" i="13"/>
   <c r="E15" i="13"/>
   <c r="E17" i="13"/>
   <c r="C12" i="13"/>
   <c r="C14" i="13"/>
   <c r="B12" i="13"/>
   <c r="B14" i="13"/>
   <c r="B16" i="13"/>
   <c r="D12" i="13"/>
   <c r="D14" i="13"/>
-  <c r="B35" i="6" a="1"/>
-[...1 lines deleted...]
-  <c r="B19" i="6" a="1"/>
   <c r="Q19" i="6" a="1"/>
   <c r="B28" i="6" a="1"/>
+  <c r="B19" i="6" a="1"/>
+  <c r="Q28" i="6" a="1"/>
+  <c r="J19" i="6" a="1"/>
+  <c r="B35" i="6" a="1"/>
+  <c r="J35" i="6" a="1"/>
+  <c r="T2" i="13" a="1"/>
   <c r="Q35" i="6" a="1"/>
   <c r="J28" i="6" a="1"/>
-  <c r="Q28" i="6" a="1"/>
-[...1 lines deleted...]
-  <c r="J19" i="6" a="1"/>
   <c r="B11" i="16" l="1"/>
   <c r="J28" i="6"/>
   <c r="Q12" i="6" a="1"/>
   <c r="Q12" i="6" s="1"/>
   <c r="J12" i="6" a="1"/>
   <c r="J12" i="6" s="1"/>
   <c r="B28" i="6"/>
   <c r="Q28" i="6"/>
   <c r="U37" i="6"/>
   <c r="U38" i="6"/>
   <c r="U36" i="6"/>
   <c r="Q35" i="6"/>
   <c r="U35" i="6" s="1"/>
   <c r="B19" i="6"/>
   <c r="J19" i="6"/>
   <c r="F38" i="6"/>
   <c r="G38" i="6" s="1"/>
   <c r="F37" i="6"/>
   <c r="G37" i="6" s="1"/>
   <c r="F36" i="6"/>
   <c r="G36" i="6" s="1"/>
   <c r="B35" i="6"/>
   <c r="F35" i="6" s="1"/>
   <c r="G35" i="6" s="1"/>
   <c r="Q19" i="6"/>
@@ -582,92 +583,92 @@
   <c r="G3" i="12"/>
   <c r="B12" i="4"/>
   <c r="C12" i="4"/>
   <c r="D12" i="4"/>
   <c r="E12" i="4"/>
   <c r="B13" i="4"/>
   <c r="C13" i="4"/>
   <c r="D13" i="4"/>
   <c r="E13" i="4"/>
   <c r="B14" i="4"/>
   <c r="C14" i="4"/>
   <c r="D14" i="4"/>
   <c r="E14" i="4"/>
   <c r="B15" i="4"/>
   <c r="C15" i="4"/>
   <c r="D15" i="4"/>
   <c r="E15" i="4"/>
   <c r="B16" i="4"/>
   <c r="C16" i="4"/>
   <c r="D16" i="4"/>
   <c r="E16" i="4"/>
   <c r="B17" i="4"/>
   <c r="C17" i="4"/>
   <c r="D17" i="4"/>
   <c r="E17" i="4"/>
-  <c r="B18" i="16" a="1"/>
-[...1 lines deleted...]
-  <c r="B9" i="12"/>
+  <c r="U20" i="12"/>
+  <c r="K20" i="12"/>
   <c r="F12" i="12"/>
   <c r="Q23" i="12"/>
+  <c r="L9" i="12"/>
+  <c r="P20" i="12"/>
+  <c r="P6" i="12"/>
+  <c r="K27" i="12"/>
+  <c r="B18" i="16" a="1"/>
+  <c r="K13" i="12"/>
+  <c r="H6" i="12"/>
   <c r="B19" i="12"/>
-  <c r="P6" i="12"/>
-[...2 lines deleted...]
-  <c r="L9" i="12"/>
   <c r="P13" i="12"/>
-  <c r="K13" i="12"/>
-[...1 lines deleted...]
-  <c r="K27" i="12"/>
+  <c r="B9" i="12"/>
   <c r="B28" i="16" l="1" a="1"/>
   <c r="B28" i="16" s="1"/>
   <c r="B18" i="16"/>
   <c r="AD12" i="6" a="1"/>
   <c r="AD12" i="6" s="1"/>
   <c r="AD19" i="6" a="1"/>
   <c r="AD19" i="6" s="1"/>
   <c r="B43" i="6" a="1"/>
   <c r="B43" i="6" s="1"/>
   <c r="Q43" i="6" a="1"/>
   <c r="Q43" i="6" s="1"/>
   <c r="J43" i="6" a="1"/>
   <c r="J43" i="6" s="1"/>
   <c r="B12" i="6"/>
   <c r="G2" i="13"/>
   <c r="N6" i="12"/>
   <c r="K18" i="12"/>
   <c r="L4" i="12"/>
   <c r="B18" i="12"/>
-  <c r="L2" i="13" a="1"/>
-[...4 lines deleted...]
-  <c r="F10" i="10"/>
   <c r="K7" i="10"/>
   <c r="X35" i="6" a="1"/>
+  <c r="L2" i="13" a="1"/>
   <c r="L16" i="13" a="1"/>
+  <c r="AD35" i="6" a="1"/>
+  <c r="L9" i="13" a="1"/>
+  <c r="X19" i="6" a="1"/>
+  <c r="F10" i="10"/>
+  <c r="X28" i="6" a="1"/>
   <c r="X35" i="6" l="1"/>
   <c r="X19" i="6"/>
   <c r="X28" i="6"/>
   <c r="AD35" i="6"/>
   <c r="L2" i="13"/>
   <c r="P2" i="13" s="1"/>
   <c r="P3" i="13"/>
   <c r="P5" i="13"/>
   <c r="P4" i="13"/>
   <c r="L9" i="13"/>
   <c r="L16" i="13"/>
   <c r="K23" i="12"/>
   <c r="K16" i="12"/>
   <c r="M26" i="12"/>
   <c r="L16" i="12"/>
   <c r="L17" i="12"/>
   <c r="K3" i="12"/>
   <c r="K9" i="12"/>
   <c r="K17" i="12"/>
   <c r="C18" i="12"/>
   <c r="L12" i="12" s="1"/>
   <c r="M19" i="12"/>
   <c r="N17" i="12"/>
   <c r="E18" i="12"/>
   <c r="N24" i="12"/>
@@ -699,156 +700,156 @@
   <c r="K25" i="12"/>
   <c r="M23" i="12"/>
   <c r="L11" i="12"/>
   <c r="M16" i="12"/>
   <c r="K11" i="12"/>
   <c r="K26" i="12"/>
   <c r="N12" i="12"/>
   <c r="F2" i="9" a="1"/>
   <c r="F2" i="9" s="1"/>
   <c r="B16" i="8"/>
   <c r="B14" i="8"/>
   <c r="D13" i="8"/>
   <c r="B13" i="8"/>
   <c r="B12" i="8"/>
   <c r="E8" i="8"/>
   <c r="E13" i="8" s="1"/>
   <c r="D8" i="8"/>
   <c r="D17" i="8" s="1"/>
   <c r="C8" i="8"/>
   <c r="C17" i="8" s="1"/>
   <c r="B8" i="8"/>
   <c r="B15" i="8" s="1"/>
   <c r="P2" i="3" a="1"/>
   <c r="P2" i="3" s="1"/>
   <c r="L9" i="7"/>
+  <c r="P5" i="3"/>
+  <c r="F12" i="8"/>
+  <c r="G4" i="7"/>
   <c r="B9" i="8"/>
+  <c r="G23" i="7"/>
+  <c r="L23" i="7"/>
+  <c r="G13" i="8"/>
+  <c r="L20" i="8"/>
+  <c r="U20" i="4"/>
+  <c r="G16" i="7"/>
+  <c r="F4" i="9"/>
+  <c r="A32" i="7"/>
   <c r="R16" i="7"/>
-  <c r="A32" i="7"/>
+  <c r="B31" i="7"/>
+  <c r="G6" i="8"/>
+  <c r="H23" i="8"/>
+  <c r="L16" i="7"/>
+  <c r="B19" i="8"/>
   <c r="G20" i="8"/>
-  <c r="L16" i="7"/>
-[...13 lines deleted...]
-  <c r="G6" i="8"/>
   <c r="X43" i="6" l="1" a="1"/>
   <c r="X43" i="6" s="1"/>
   <c r="G12" i="13" a="1"/>
   <c r="G12" i="13" s="1"/>
   <c r="C14" i="8"/>
   <c r="D14" i="8"/>
   <c r="C12" i="8"/>
   <c r="C18" i="8" s="1"/>
   <c r="D12" i="8"/>
   <c r="C16" i="8"/>
   <c r="D16" i="8"/>
   <c r="C13" i="8"/>
   <c r="A4" i="5"/>
   <c r="B2" i="5"/>
   <c r="D4" i="5"/>
   <c r="B4" i="5"/>
   <c r="C2" i="5"/>
   <c r="C3" i="5"/>
   <c r="C5" i="5"/>
   <c r="C4" i="5"/>
   <c r="D2" i="5"/>
   <c r="B5" i="5"/>
   <c r="B3" i="5"/>
   <c r="A3" i="5"/>
   <c r="A5" i="5"/>
   <c r="D3" i="5"/>
   <c r="D5" i="5"/>
   <c r="U16" i="12" a="1"/>
   <c r="U16" i="12" s="1"/>
   <c r="E15" i="8"/>
   <c r="E12" i="8"/>
   <c r="E16" i="8"/>
   <c r="E14" i="8"/>
   <c r="E17" i="8"/>
   <c r="B17" i="8"/>
   <c r="C15" i="8"/>
   <c r="D15" i="8"/>
   <c r="J23" i="4"/>
   <c r="G5" i="4"/>
-  <c r="A20" i="5"/>
-[...1 lines deleted...]
-  <c r="K13" i="5"/>
   <c r="K9" i="5"/>
   <c r="K14" i="5"/>
+  <c r="J27" i="4"/>
+  <c r="G9" i="5"/>
+  <c r="G12" i="5"/>
+  <c r="K11" i="5"/>
+  <c r="G11" i="5"/>
   <c r="K12" i="5"/>
-  <c r="J27" i="4"/>
-[...2 lines deleted...]
-  <c r="G9" i="5"/>
+  <c r="A20" i="5"/>
+  <c r="Q23" i="4"/>
+  <c r="J20" i="4"/>
+  <c r="G10" i="5"/>
+  <c r="K13" i="5"/>
   <c r="K10" i="5"/>
-  <c r="J20" i="4"/>
-[...1 lines deleted...]
-  <c r="G10" i="5"/>
   <c r="D18" i="8" l="1"/>
   <c r="P23" i="12"/>
   <c r="A2" i="5"/>
   <c r="E18" i="8"/>
   <c r="G2" i="8" a="1"/>
   <c r="G2" i="8" s="1"/>
   <c r="G9" i="8" s="1" a="1"/>
   <c r="G9" i="8" s="1"/>
   <c r="G16" i="8" a="1"/>
   <c r="G16" i="8" s="1"/>
   <c r="B18" i="8"/>
   <c r="G23" i="8" l="1"/>
   <c r="L16" i="8" a="1"/>
   <c r="L16" i="8" s="1"/>
   <c r="N5" i="4"/>
   <c r="N4" i="4"/>
   <c r="M4" i="4"/>
   <c r="N3" i="4"/>
   <c r="M3" i="4"/>
   <c r="L3" i="4"/>
   <c r="E8" i="4"/>
   <c r="D8" i="4"/>
   <c r="C8" i="4"/>
   <c r="B8" i="4"/>
   <c r="G3" i="4"/>
+  <c r="B9" i="4"/>
+  <c r="F12" i="4"/>
+  <c r="J13" i="4"/>
+  <c r="P13" i="4"/>
+  <c r="B19" i="4"/>
   <c r="P20" i="4"/>
-  <c r="B9" i="4"/>
+  <c r="K9" i="4"/>
   <c r="P6" i="4"/>
-  <c r="B19" i="4"/>
   <c r="G2" i="7" a="1"/>
-  <c r="J13" i="4"/>
-[...2 lines deleted...]
-  <c r="P13" i="4"/>
   <c r="G2" i="7" l="1"/>
   <c r="L16" i="4"/>
   <c r="K16" i="4"/>
   <c r="M16" i="4"/>
   <c r="K17" i="4"/>
   <c r="M17" i="4"/>
   <c r="L17" i="4"/>
   <c r="K19" i="4"/>
   <c r="M19" i="4"/>
   <c r="L19" i="4"/>
   <c r="K18" i="4"/>
   <c r="M18" i="4"/>
   <c r="L18" i="4"/>
   <c r="J9" i="4"/>
   <c r="J19" i="4"/>
   <c r="J18" i="4"/>
   <c r="J16" i="4"/>
   <c r="J17" i="4"/>
   <c r="M24" i="4"/>
   <c r="K24" i="4"/>
   <c r="L24" i="4"/>
   <c r="L25" i="4"/>
   <c r="M25" i="4"/>
   <c r="K25" i="4"/>
   <c r="M26" i="4"/>
@@ -942,93 +943,93 @@
   <c r="U20" i="3" a="1"/>
   <c r="U20" i="3" s="1"/>
   <c r="X20" i="3" a="1"/>
   <c r="X20" i="3" s="1"/>
   <c r="Z20" i="3" a="1"/>
   <c r="Z20" i="3" s="1"/>
   <c r="B25" i="3" a="1"/>
   <c r="B25" i="3" s="1"/>
   <c r="H33" i="3" a="1"/>
   <c r="H33" i="3" s="1"/>
   <c r="J33" i="3" a="1"/>
   <c r="J33" i="3" s="1"/>
   <c r="L33" i="3" a="1"/>
   <c r="L33" i="3" s="1"/>
   <c r="S27" i="3"/>
   <c r="U27" i="3"/>
   <c r="W27" i="3"/>
   <c r="H43" i="3" a="1"/>
   <c r="H43" i="3" s="1"/>
   <c r="T39" i="3" a="1"/>
   <c r="T39" i="3" s="1"/>
   <c r="P43" i="3" a="1"/>
   <c r="P43" i="3" s="1"/>
   <c r="P39" i="3" a="1"/>
   <c r="P39" i="3" s="1"/>
+  <c r="U21" i="3"/>
+  <c r="L11" i="3"/>
+  <c r="W28" i="3"/>
+  <c r="B22" i="3"/>
+  <c r="S21" i="3"/>
+  <c r="Z21" i="3"/>
+  <c r="Z4" i="3"/>
+  <c r="L46" i="3"/>
+  <c r="Z15" i="3"/>
+  <c r="H22" i="3"/>
+  <c r="S28" i="3"/>
+  <c r="U28" i="3"/>
+  <c r="H46" i="3"/>
+  <c r="O30" i="3"/>
+  <c r="P35" i="3"/>
+  <c r="V5" i="3"/>
+  <c r="L5" i="3"/>
+  <c r="L36" i="3"/>
   <c r="H5" i="3"/>
+  <c r="S10" i="3"/>
+  <c r="H17" i="3"/>
+  <c r="J34" i="3"/>
+  <c r="S15" i="3"/>
+  <c r="AD3" i="3"/>
+  <c r="K24" i="3"/>
+  <c r="X21" i="3"/>
+  <c r="U15" i="3"/>
+  <c r="H11" i="3"/>
+  <c r="Z8" i="3"/>
+  <c r="T40" i="3"/>
   <c r="H34" i="3"/>
-  <c r="J34" i="3"/>
-[...4 lines deleted...]
-  <c r="U15" i="3"/>
+  <c r="L17" i="3"/>
   <c r="P40" i="3"/>
-  <c r="K24" i="3"/>
+  <c r="AD10" i="3"/>
+  <c r="H30" i="3"/>
+  <c r="X17" i="3"/>
+  <c r="V9" i="3"/>
+  <c r="S4" i="3"/>
+  <c r="K29" i="3"/>
+  <c r="B27" i="3"/>
+  <c r="P46" i="3"/>
   <c r="T46" i="3"/>
-  <c r="H30" i="3"/>
-[...17 lines deleted...]
-  <c r="U21" i="3"/>
   <c r="N24" i="3"/>
-  <c r="Z21" i="3"/>
-[...10 lines deleted...]
-  <c r="B22" i="3"/>
   <c r="A10" i="5" l="1"/>
   <c r="B10" i="5" s="1"/>
   <c r="B12" i="5" s="1"/>
   <c r="A11" i="5"/>
   <c r="AB1" i="1"/>
   <c r="O2" i="1"/>
   <c r="O8" i="1"/>
   <c r="H10" i="1"/>
   <c r="H2" i="1"/>
   <c r="H3" i="1"/>
   <c r="I3" i="1"/>
   <c r="J3" i="1"/>
   <c r="H4" i="1"/>
   <c r="I4" i="1"/>
   <c r="J4" i="1"/>
   <c r="I2" i="1"/>
   <c r="J2" i="1"/>
   <c r="E6" i="2"/>
   <c r="E5" i="2"/>
   <c r="E4" i="2"/>
   <c r="E2" i="2" a="1"/>
   <c r="E2" i="2" s="1"/>
   <c r="O15" i="1"/>
   <c r="P15" i="1"/>
   <c r="Q15" i="1"/>
@@ -1037,77 +1038,77 @@
   <c r="Q16" i="1"/>
   <c r="P14" i="1"/>
   <c r="Q14" i="1"/>
   <c r="O14" i="1"/>
   <c r="O9" i="1"/>
   <c r="P9" i="1"/>
   <c r="Q9" i="1"/>
   <c r="O10" i="1"/>
   <c r="P10" i="1"/>
   <c r="Q10" i="1"/>
   <c r="P8" i="1"/>
   <c r="Q8" i="1"/>
   <c r="P2" i="1"/>
   <c r="Q2" i="1"/>
   <c r="P3" i="1"/>
   <c r="Q3" i="1"/>
   <c r="P4" i="1"/>
   <c r="Q4" i="1"/>
   <c r="O3" i="1"/>
   <c r="O4" i="1"/>
   <c r="I10" i="1"/>
   <c r="J10" i="1"/>
   <c r="H18" i="1"/>
   <c r="H19" i="1"/>
   <c r="J17" i="1"/>
+  <c r="F3" i="2"/>
+  <c r="F5" i="2"/>
+  <c r="O11" i="1"/>
+  <c r="B13" i="1"/>
+  <c r="F16" i="1"/>
+  <c r="AC1" i="1"/>
+  <c r="H14" i="1"/>
+  <c r="F4" i="2"/>
+  <c r="O5" i="1"/>
+  <c r="H20" i="1"/>
+  <c r="K6" i="1"/>
+  <c r="K2" i="1"/>
+  <c r="F2" i="10" a="1"/>
+  <c r="S17" i="1"/>
+  <c r="H12" i="1"/>
+  <c r="F2" i="2"/>
+  <c r="L17" i="1"/>
+  <c r="L2" i="7" a="1"/>
+  <c r="AC2" i="1"/>
   <c r="B19" i="1"/>
-  <c r="O5" i="1"/>
-  <c r="F3" i="2"/>
+  <c r="B6" i="1"/>
   <c r="E9" i="1"/>
+  <c r="F6" i="2"/>
+  <c r="AA9" i="1"/>
+  <c r="R14" i="1"/>
+  <c r="F2" i="1"/>
   <c r="K5" i="1"/>
-  <c r="L2" i="7" a="1"/>
-[...20 lines deleted...]
-  <c r="H14" i="1"/>
   <c r="H5" i="1" l="1"/>
   <c r="AB2" i="1"/>
   <c r="AA6" i="1" s="1"/>
   <c r="AB3" i="1"/>
   <c r="R17" i="1"/>
   <c r="AC8" i="1"/>
   <c r="AA7" i="1"/>
   <c r="AB7" i="1"/>
   <c r="E17" i="1"/>
   <c r="F2" i="10"/>
   <c r="K3" i="10" s="1" a="1"/>
   <c r="K3" i="10" s="1"/>
   <c r="A30" i="7"/>
   <c r="A29" i="7"/>
   <c r="A28" i="7"/>
   <c r="L2" i="7"/>
   <c r="A27" i="7" s="1"/>
   <c r="G12" i="7" a="1"/>
   <c r="G12" i="7" s="1"/>
   <c r="L19" i="7" s="1" a="1"/>
   <c r="L19" i="7" s="1"/>
   <c r="L12" i="7" a="1"/>
   <c r="T4" i="7"/>
   <c r="S3" i="7"/>
   <c r="R2" i="7"/>
@@ -1157,73 +1158,73 @@
   <c r="R12" i="7" s="1" a="1"/>
   <c r="R12" i="7" s="1"/>
   <c r="A31" i="7"/>
   <c r="B27" i="7" s="1"/>
   <c r="C27" i="7" s="1"/>
   <c r="A16" i="5" a="1"/>
   <c r="A16" i="5" s="1"/>
   <c r="G2" i="5" s="1" a="1"/>
   <c r="G2" i="5" s="1"/>
   <c r="K17" i="1"/>
   <c r="H13" i="1"/>
   <c r="K19" i="1"/>
   <c r="J13" i="1"/>
   <c r="K18" i="1"/>
   <c r="I13" i="1"/>
   <c r="B30" i="7" l="1"/>
   <c r="B29" i="7"/>
   <c r="B28" i="7"/>
   <c r="C28" i="7" s="1"/>
   <c r="C29" i="7" l="1"/>
   <c r="C30" i="7" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="242">
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Norm row</t>
   </si>
   <si>
     <t>Norm colmn</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>A</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
@@ -2047,99 +2048,78 @@
     <t>Column 4</t>
   </si>
   <si>
     <t>Covariance matrix (single formula)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <r>
       <t>L</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>T</t>
     </r>
   </si>
   <si>
-    <t>A8=</t>
-[...10 lines deleted...]
-  <si>
     <t>A9=</t>
   </si>
   <si>
     <t>A10=</t>
   </si>
   <si>
     <t>A11=</t>
   </si>
   <si>
     <t>B10=</t>
   </si>
   <si>
     <t>B11=</t>
   </si>
   <si>
     <t>C11=</t>
   </si>
   <si>
     <t>Diagonal formulae</t>
   </si>
   <si>
     <t>Non-diagonal formulae</t>
   </si>
   <si>
     <t>Zero values in</t>
   </si>
   <si>
-    <t>B8</t>
-[...4 lines deleted...]
-  <si>
     <t>C9</t>
-  </si>
-[...1 lines deleted...]
-    <t>D8</t>
   </si>
   <si>
     <t>D9</t>
   </si>
   <si>
     <t>D10</t>
   </si>
   <si>
     <t>Covariance matrix (SUMPRODUCT formula)</t>
   </si>
   <si>
     <t>Manual .P</t>
   </si>
   <si>
     <t>Manual .S</t>
   </si>
   <si>
     <t>Determinant det(X)</t>
   </si>
   <si>
     <t>No. of people</t>
   </si>
   <si>
     <t>N-1=</t>
   </si>
@@ -3656,1100 +3636,1118 @@
       </rPr>
       <t>C,SCL</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>where SCL=1/(N-1)</t>
     </r>
   </si>
   <si>
-    <r>
-      <t>S</t>
+    <t>l = s</t>
+  </si>
+  <si>
+    <r>
+      <t>l = s</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> of X</t>
-[...3 lines deleted...]
-        <vertAlign val="subscript"/>
+      <t xml:space="preserve"> and</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t xml:space="preserve"> s = Öl</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>l = (N-1)s</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>C,SCL</t>
+      <t xml:space="preserve"> and </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">s </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">= </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>Ö</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>l/(N-1))</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>l = s</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>/(N-1)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>where SCL=1/</t>
+      <t xml:space="preserve"> and </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>Ö</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>s</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> = </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>Öl</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(N-1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>U of X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>C,SCL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> where SCL=1/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
       <t>(N-1)</t>
     </r>
   </si>
   <si>
-    <t>l = s</t>
-[...7 lines deleted...]
-        <vertAlign val="superscript"/>
+    <r>
+      <t>V of X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C,SCL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> where SCL=1/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(N-1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>2</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>L</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> and V of C</t>
+    </r>
+  </si>
+  <si>
+    <t>Recomposed C</t>
+  </si>
+  <si>
+    <r>
+      <t>Recomposed X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> and</t>
+      <t>C,SCL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> where SCL=1/(N-1)</t>
+    </r>
+  </si>
+  <si>
+    <t>B12</t>
+  </si>
+  <si>
+    <t>J2</t>
+  </si>
+  <si>
+    <t>Q2</t>
+  </si>
+  <si>
+    <r>
+      <t>Centred and scaled  X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C,SCL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> SCL=1/(N-1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Recomposed X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> =U </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t xml:space="preserve"> s = Öl</t>
-[...4 lines deleted...]
-      <t>l = (N-1)s</t>
+      <t>S</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9.9"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> V</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
+        <sz val="9.9"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>T</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">C = V </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>2</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>S</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> and </t>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>/(N-1) V</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>T</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>C = 1/(N-1) X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>C = (N-1) X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>C = X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">           = V </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t xml:space="preserve">s </t>
-[...2 lines deleted...]
-      <rPr>
+      <t>S</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
-      </rPr>
-[...1 lines deleted...]
-    </r>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> V</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>T</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>1/(N-1) X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>c</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>c</t>
+    </r>
+  </si>
+  <si>
+    <t>Covariance C</t>
+  </si>
+  <si>
+    <t>Eigenvalues and Eigenvectors of C</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>Ö</t>
+      <t>S</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>(</t>
+      <t xml:space="preserve"> of X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>C</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Score matrix X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>l/(N-1))</t>
-[...8 lines deleted...]
-        <vertAlign val="superscript"/>
+      <t>´</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>V</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> from EVD</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Score matrix U</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>2</t>
+      <t>´S</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> from SVD</t>
+    </r>
+  </si>
+  <si>
+    <t>However, V matrices also have the opposite signs, so this is OK.</t>
+  </si>
+  <si>
+    <t>The signs are arbitrary and not uniquely defined, which is perfectly OK,</t>
+  </si>
+  <si>
+    <t>The score matrix is identical, but with opposite signs.</t>
+  </si>
+  <si>
+    <t>What matters is the relative position of the data points along that axis.</t>
+  </si>
+  <si>
+    <t>because the direction of a principal component is meaningless.</t>
+  </si>
+  <si>
+    <t>D12=</t>
+  </si>
+  <si>
+    <t>A12=</t>
+  </si>
+  <si>
+    <t>C12=</t>
+  </si>
+  <si>
+    <t>B9</t>
+  </si>
+  <si>
+    <t>C10</t>
+  </si>
+  <si>
+    <t>D11</t>
+  </si>
+  <si>
+    <r>
+      <t>V of X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C,SCLQ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> where SCLQ=1/</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>/(N-1)</t>
-[...2 lines deleted...]
-      <rPr>
+      <t>Ö</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(N-1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Centred and scaled  X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> and </t>
+      <t>C,SCLQ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> SCLQ=1/</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>s</t>
+      <t>Ö</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> = </t>
+      <t>(N-1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>U of X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>C,SCLQ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> where SCLQ=1/</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>Öl</t>
+      <t>Ö</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>(N-1)</t>
     </r>
   </si>
   <si>
     <r>
-      <t>U of X</t>
-[...3 lines deleted...]
-        <vertAlign val="subscript"/>
+      <t>S</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>C,SCL</t>
-[...2 lines deleted...]
-      <rPr>
+      <t xml:space="preserve"> of X</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> where SCL=1/</t>
+      <t>C,SCLQ</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
-      <t>Ö</t>
-[...17 lines deleted...]
-        <vertAlign val="subscript"/>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>C,SCL</t>
+      <t>where SCLQ=1/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>Ö</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> where SCL=1/</t>
-[...7 lines deleted...]
-      </rPr>
       <t>(N-1)</t>
     </r>
   </si>
   <si>
     <r>
-      <t>V of X</t>
+      <t>Recomposed X</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>C,SCL</t>
+      <t>C,SCLQ</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> where SCL=1/</t>
-[...17 lines deleted...]
-        <vertAlign val="subscript"/>
+      <t xml:space="preserve"> where SCLQ=1/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Symbol"/>
+        <family val="1"/>
+        <charset val="2"/>
+      </rPr>
+      <t>Ö</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>C,SCL</t>
-[...27 lines deleted...]
-      </rPr>
       <t>(N-1)</t>
     </r>
-  </si>
-[...637 lines deleted...]
-    <t>because the direction of a principal component is meaningless.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
   </numFmts>
   <fonts count="42" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -5019,51 +5017,51 @@
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Symbol"/>
       <family val="1"/>
       <charset val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="17">
+  <fills count="18">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -5113,50 +5111,56 @@
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00FFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF7C80"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="33">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -5722,144 +5726,144 @@
     <xf numFmtId="164" fontId="0" fillId="12" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="13" fillId="13" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="13" fillId="13" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="13" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="14" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="0" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="15" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="0" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="21" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="22" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="16" borderId="20" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="17" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="17" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="17" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="17" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="0" fillId="17" borderId="15" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF7C80"/>
       <color rgb="FF00FFCC"/>
       <color rgb="FFFFCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>68580</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>556260</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>129540</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="3" name="Straight Connector 2">
           <a:extLst>
@@ -9039,73 +9043,380 @@
             </a:fontRef>
           </xdr:style>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1100" b="0" i="0">
                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 </a:rPr>
                 <a:t>𝑋_𝐶=𝑋/𝑋 ̅ </a:t>
               </a:r>
               <a:endParaRPr lang="en-GB" sz="1100"/>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>50013</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>402438</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143133" cy="527452"/>
+    <xdr:ext cx="1397049" cy="500137"/>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
       <mc:Choice Requires="a14">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3" name="TextBox 2">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1C513B6-896D-4BB1-8B80-73938514E070}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1"/>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
-              <a:off x="8584413" y="628650"/>
-              <a:ext cx="1143133" cy="527452"/>
+              <a:off x="8327238" y="628650"/>
+              <a:ext cx="1397049" cy="500137"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </xdr:spPr>
+          <xdr:style>
+            <a:lnRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </xdr:style>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr/>
+              <a14:m>
+                <m:oMathPara xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                  <m:oMathParaPr>
+                    <m:jc m:val="centerGroup"/>
+                  </m:oMathParaPr>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:sSub>
+                      <m:sSubPr>
+                        <m:ctrlPr>
+                          <a:rPr lang="en-GB" sz="1100" i="1">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                        </m:ctrlPr>
+                      </m:sSubPr>
+                      <m:e>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝑋</m:t>
+                        </m:r>
+                      </m:e>
+                      <m:sub>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝐶</m:t>
+                        </m:r>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>,</m:t>
+                        </m:r>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝑆𝐶𝐿𝑄</m:t>
+                        </m:r>
+                      </m:sub>
+                    </m:sSub>
+                    <m:r>
+                      <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>=</m:t>
+                    </m:r>
+                    <m:rad>
+                      <m:radPr>
+                        <m:degHide m:val="on"/>
+                        <m:ctrlPr>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                        </m:ctrlPr>
+                      </m:radPr>
+                      <m:deg/>
+                      <m:e>
+                        <m:f>
+                          <m:fPr>
+                            <m:ctrlPr>
+                              <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                                <a:solidFill>
+                                  <a:schemeClr val="tx1"/>
+                                </a:solidFill>
+                                <a:effectLst/>
+                                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                                <a:ea typeface="+mn-ea"/>
+                                <a:cs typeface="+mn-cs"/>
+                              </a:rPr>
+                            </m:ctrlPr>
+                          </m:fPr>
+                          <m:num>
+                            <m:r>
+                              <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                                <a:solidFill>
+                                  <a:schemeClr val="tx1"/>
+                                </a:solidFill>
+                                <a:effectLst/>
+                                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                                <a:ea typeface="+mn-ea"/>
+                                <a:cs typeface="+mn-cs"/>
+                              </a:rPr>
+                              <m:t>1</m:t>
+                            </m:r>
+                          </m:num>
+                          <m:den>
+                            <m:r>
+                              <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                                <a:solidFill>
+                                  <a:schemeClr val="tx1"/>
+                                </a:solidFill>
+                                <a:effectLst/>
+                                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                                <a:ea typeface="+mn-ea"/>
+                                <a:cs typeface="+mn-cs"/>
+                              </a:rPr>
+                              <m:t>(</m:t>
+                            </m:r>
+                            <m:r>
+                              <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                                <a:solidFill>
+                                  <a:schemeClr val="tx1"/>
+                                </a:solidFill>
+                                <a:effectLst/>
+                                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                                <a:ea typeface="+mn-ea"/>
+                                <a:cs typeface="+mn-cs"/>
+                              </a:rPr>
+                              <m:t>𝑁</m:t>
+                            </m:r>
+                            <m:r>
+                              <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                                <a:solidFill>
+                                  <a:schemeClr val="tx1"/>
+                                </a:solidFill>
+                                <a:effectLst/>
+                                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                                <a:ea typeface="+mn-ea"/>
+                                <a:cs typeface="+mn-cs"/>
+                              </a:rPr>
+                              <m:t>−1)</m:t>
+                            </m:r>
+                          </m:den>
+                        </m:f>
+                      </m:e>
+                    </m:rad>
+                    <m:sSub>
+                      <m:sSubPr>
+                        <m:ctrlPr>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                        </m:ctrlPr>
+                      </m:sSubPr>
+                      <m:e>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>𝑋</m:t>
+                        </m:r>
+                      </m:e>
+                      <m:sub>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>𝐶</m:t>
+                        </m:r>
+                      </m:sub>
+                    </m:sSub>
+                  </m:oMath>
+                </m:oMathPara>
+              </a14:m>
+              <a:endParaRPr lang="en-GB" sz="1100"/>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </mc:Choice>
+      <mc:Fallback xmlns="">
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3" name="TextBox 2">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1C513B6-896D-4BB1-8B80-73938514E070}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1"/>
+          </xdr:nvSpPr>
+          <xdr:spPr>
+            <a:xfrm>
+              <a:off x="8327238" y="628650"/>
+              <a:ext cx="1397049" cy="500137"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </xdr:spPr>
+          <xdr:style>
+            <a:lnRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </xdr:style>
+          <xdr:txBody>
+            <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr/>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" b="0" i="0">
+                  <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                </a:rPr>
+                <a:t>𝑋_(𝐶,𝑆𝐶𝐿𝑄)=</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1100" b="0" i="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:rPr>
+                <a:t>√(1/((𝑁−1))) 𝑋_𝐶</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-GB" sz="1100"/>
+            </a:p>
+          </xdr:txBody>
+        </xdr:sp>
+      </mc:Fallback>
+    </mc:AlternateContent>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>583410</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>69056</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1217321" cy="348044"/>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+      <mc:Choice Requires="a14">
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4" name="TextBox 3">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CF307B4-7EF3-4F7B-93F9-B3B2722741F9}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr txBox="1"/>
+          </xdr:nvSpPr>
+          <xdr:spPr>
+            <a:xfrm>
+              <a:off x="4241010" y="688181"/>
+              <a:ext cx="1217321" cy="348044"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </xdr:spPr>
           <xdr:style>
             <a:lnRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </xdr:style>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
@@ -9142,431 +9453,224 @@
                         </m:r>
                         <m:r>
                           <a:rPr lang="en-GB" sz="1100" b="0" i="1">
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                           </a:rPr>
                           <m:t>,</m:t>
                         </m:r>
                         <m:r>
                           <a:rPr lang="en-GB" sz="1100" b="0" i="1">
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                           </a:rPr>
                           <m:t>𝑆𝐶𝐿</m:t>
                         </m:r>
                       </m:sub>
                     </m:sSub>
                     <m:r>
                       <a:rPr lang="en-GB" sz="1100" b="0" i="1">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>=</m:t>
                     </m:r>
                     <m:f>
                       <m:fPr>
                         <m:ctrlPr>
                           <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
                           </a:rPr>
                         </m:ctrlPr>
                       </m:fPr>
                       <m:num>
-                        <m:sSub>
-[...23 lines deleted...]
-                        </m:sSub>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>1</m:t>
+                        </m:r>
                       </m:num>
                       <m:den>
-                        <m:rad>
-[...48 lines deleted...]
-                        </m:rad>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>(</m:t>
+                        </m:r>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>𝑁</m:t>
+                        </m:r>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>−1)</m:t>
+                        </m:r>
                       </m:den>
                     </m:f>
+                    <m:sSub>
+                      <m:sSubPr>
+                        <m:ctrlPr>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                        </m:ctrlPr>
+                      </m:sSubPr>
+                      <m:e>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>𝑋</m:t>
+                        </m:r>
+                      </m:e>
+                      <m:sub>
+                        <m:r>
+                          <a:rPr lang="en-GB" sz="1100" b="0" i="1">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:effectLst/>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="+mn-ea"/>
+                            <a:cs typeface="+mn-cs"/>
+                          </a:rPr>
+                          <m:t>𝐶</m:t>
+                        </m:r>
+                      </m:sub>
+                    </m:sSub>
                   </m:oMath>
                 </m:oMathPara>
               </a14:m>
               <a:endParaRPr lang="en-GB" sz="1100"/>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Choice>
       <mc:Fallback xmlns="">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="3" name="TextBox 2">
+            <xdr:cNvPr id="4" name="TextBox 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1C513B6-896D-4BB1-8B80-73938514E070}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CF307B4-7EF3-4F7B-93F9-B3B2722741F9}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr txBox="1"/>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
-              <a:off x="8584413" y="628650"/>
-              <a:ext cx="1143133" cy="527452"/>
+              <a:off x="4241010" y="688181"/>
+              <a:ext cx="1217321" cy="348044"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </xdr:spPr>
           <xdr:style>
             <a:lnRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:scrgbClr r="0" g="0" b="0"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </xdr:style>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1100" b="0" i="0">
                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 </a:rPr>
-                <a:t>𝑋_(𝐶,𝑆𝐶𝐿)=𝑋_𝐶/√(1/((𝑁−1)))</a:t>
+                <a:t>𝑋_(𝐶,𝑆𝐶𝐿)=</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1100"/>
-[...233 lines deleted...]
-              <a:pPr/>
               <a:r>
                 <a:rPr lang="en-GB" sz="1100" b="0" i="0">
-                  <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="+mn-ea"/>
+                  <a:cs typeface="+mn-cs"/>
                 </a:rPr>
-                <a:t>𝑋_(𝐶,𝑆𝐶𝐿)=𝑋_𝐶/(1/((𝑁−1)))</a:t>
+                <a:t>1/((𝑁−1)) 𝑋_𝐶</a:t>
               </a:r>
               <a:endParaRPr lang="en-GB" sz="1100"/>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>559592</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>130974</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>33</xdr:col>
       <xdr:colOff>607218</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>70121</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Rectangle 4">
@@ -10076,50 +10180,54 @@
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28"/>
       <sheetData sheetId="29"/>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31"/>
       <sheetData sheetId="32"/>
       <sheetData sheetId="33"/>
       <sheetData sheetId="34"/>
       <sheetData sheetId="35"/>
       <sheetData sheetId="36"/>
       <sheetData sheetId="37"/>
       <sheetData sheetId="38"/>
       <sheetData sheetId="39"/>
       <sheetData sheetId="40"/>
       <sheetData sheetId="41"/>
       <sheetData sheetId="42"/>
       <sheetData sheetId="43"/>
       <sheetData sheetId="44"/>
       <sheetData sheetId="45"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
@@ -10461,51 +10569,51 @@
     <col min="22" max="22" width="13.5703125" customWidth="1"/>
     <col min="23" max="23" width="8.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>68</v>
       </c>
       <c r="C1" t="s">
         <v>10</v>
       </c>
       <c r="E1" t="s">
         <v>67</v>
       </c>
       <c r="H1" s="46" t="s">
         <v>66</v>
       </c>
       <c r="I1" s="45"/>
       <c r="J1" s="44"/>
       <c r="L1" s="46" t="s">
         <v>65</v>
       </c>
       <c r="M1" s="45"/>
       <c r="N1" s="44"/>
       <c r="P1" s="46" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="Q1" s="44"/>
       <c r="S1" s="46" t="s">
         <v>64</v>
       </c>
       <c r="T1" s="44"/>
       <c r="U1" s="60" t="s">
         <v>63</v>
       </c>
       <c r="V1" s="46" t="s">
         <v>62</v>
       </c>
       <c r="W1" s="45"/>
       <c r="X1" s="44"/>
       <c r="Z1" s="46" t="s">
         <v>74</v>
       </c>
       <c r="AA1" s="45"/>
       <c r="AB1" s="44"/>
       <c r="AD1" s="46" t="s">
         <v>75</v>
       </c>
       <c r="AE1" s="45"/>
       <c r="AF1" s="44"/>
     </row>
@@ -10785,51 +10893,51 @@
       <c r="W7" s="45"/>
       <c r="X7" s="44"/>
       <c r="Z7" s="46" t="e" cm="1">
         <f t="array" ref="Z7">MMULT(A6:B8,A11:C13)</f>
         <v>#VALUE!</v>
       </c>
       <c r="AA7" s="45"/>
       <c r="AB7" s="44"/>
       <c r="AD7" s="51" cm="1">
         <f t="array" ref="AD7:AE9">MMULT(A11:C13,A6:B8)</f>
         <v>58</v>
       </c>
       <c r="AE7" s="50">
         <v>62</v>
       </c>
       <c r="AF7" s="49"/>
     </row>
     <row r="8" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="57">
         <v>11</v>
       </c>
       <c r="B8" s="57">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="H8" s="48" cm="1">
         <f t="array" ref="H8:J10">A2:C3+E2:E4</f>
         <v>12</v>
       </c>
       <c r="I8">
         <v>14</v>
       </c>
       <c r="J8" s="47">
         <v>13</v>
       </c>
       <c r="L8" s="48" cm="1">
         <f t="array" ref="L8:N10">E2:E4+A2:C3</f>
         <v>12</v>
       </c>
       <c r="M8">
         <v>14</v>
       </c>
       <c r="N8" s="47">
         <v>13</v>
       </c>
       <c r="S8" s="48" cm="1">
         <f t="array" ref="S8:S9">MMULT(A2:C3,E2:E4)</f>
         <v>190</v>
       </c>
@@ -10965,51 +11073,51 @@
       <c r="M11" s="45"/>
       <c r="N11" s="44"/>
     </row>
     <row r="12" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="55">
         <v>4</v>
       </c>
       <c r="B12" s="55">
         <v>5</v>
       </c>
       <c r="C12" s="55">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:32" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="55">
         <v>7</v>
       </c>
       <c r="B13" s="55">
         <v>8</v>
       </c>
       <c r="C13" s="55">
         <v>9</v>
       </c>
       <c r="E13" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="H13" s="46" t="s">
         <v>71</v>
       </c>
       <c r="I13" s="45"/>
       <c r="J13" s="44"/>
       <c r="L13" s="46" t="s">
         <v>70</v>
       </c>
       <c r="M13" s="45"/>
       <c r="N13" s="44"/>
       <c r="S13" s="46" t="s">
         <v>53</v>
       </c>
       <c r="T13" s="44"/>
       <c r="U13" s="46" t="s">
         <v>52</v>
       </c>
       <c r="V13" s="44"/>
       <c r="X13" s="46" t="s">
         <v>51</v>
       </c>
       <c r="Y13" s="44"/>
       <c r="Z13" s="46" t="s">
         <v>50</v>
@@ -11126,92 +11234,92 @@
       </c>
       <c r="Y16" s="47"/>
     </row>
     <row r="17" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H17" s="46" t="str">
         <f ca="1">_xlfn.FORMULATEXT(H14)</f>
         <v>=E2:E4+D6:F6</v>
       </c>
       <c r="I17" s="45"/>
       <c r="J17" s="44"/>
       <c r="L17" s="46" t="str">
         <f ca="1">_xlfn.FORMULATEXT(L14)</f>
         <v>=MMULT(E2:E4,D6:F6)</v>
       </c>
       <c r="M17" s="45"/>
       <c r="N17" s="44"/>
       <c r="X17" s="46" t="str">
         <f ca="1">_xlfn.FORMULATEXT(X14)</f>
         <v>=MMULT(A11:C13,E2:E4)</v>
       </c>
       <c r="Y17" s="44"/>
     </row>
     <row r="18" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="19" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="46" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="C19" s="45"/>
       <c r="D19" s="44"/>
       <c r="S19" s="46" t="s">
         <v>48</v>
       </c>
       <c r="T19" s="44"/>
       <c r="U19" s="46" t="s">
         <v>47</v>
       </c>
       <c r="V19" s="44"/>
       <c r="X19" s="46" t="s">
         <v>46</v>
       </c>
       <c r="Y19" s="44"/>
       <c r="Z19" s="46" t="s">
         <v>45</v>
       </c>
       <c r="AA19" s="45"/>
       <c r="AB19" s="44"/>
     </row>
     <row r="20" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="48" cm="1">
         <f t="array" ref="B20:D21">(A2:C3)*E14</f>
         <v>200</v>
       </c>
       <c r="C20">
         <v>400</v>
       </c>
       <c r="D20" s="47">
         <v>300</v>
       </c>
       <c r="H20" s="61" t="s">
         <v>69</v>
       </c>
       <c r="K20" s="46" t="s">
         <v>54</v>
       </c>
       <c r="L20" s="44"/>
       <c r="N20" s="64" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="S20" s="48" t="e" cm="1">
         <f t="array" ref="S20">MMULT(A2:C3,D6:F6)</f>
         <v>#VALUE!</v>
       </c>
       <c r="T20" s="47"/>
       <c r="U20" s="48" t="e" cm="1">
         <f t="array" ref="U20">MMULT(D6:F6,A2:C3)</f>
         <v>#VALUE!</v>
       </c>
       <c r="V20" s="47"/>
       <c r="X20" s="48" t="e" cm="1">
         <f t="array" ref="X20">MMULT(A11:C13,D6:F6)</f>
         <v>#VALUE!</v>
       </c>
       <c r="Y20" s="47"/>
       <c r="Z20" s="48" cm="1">
         <f t="array" ref="Z20:AB20">MMULT(D6:F6,A11:C13)</f>
         <v>300</v>
       </c>
       <c r="AA20">
         <v>360</v>
       </c>
       <c r="AB20" s="47">
         <v>420</v>
@@ -11277,51 +11385,51 @@
       </c>
       <c r="I22" s="44"/>
       <c r="K22" s="48">
         <v>30</v>
       </c>
       <c r="L22" s="47">
         <v>29</v>
       </c>
       <c r="N22" s="62">
         <v>2000</v>
       </c>
     </row>
     <row r="23" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="K23" s="48">
         <v>41</v>
       </c>
       <c r="L23" s="47">
         <v>42</v>
       </c>
       <c r="N23" s="63">
         <v>3000</v>
       </c>
     </row>
     <row r="24" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="46" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C24" s="45"/>
       <c r="D24" s="44"/>
       <c r="K24" s="46" t="str">
         <f ca="1">_xlfn.FORMULATEXT(K21)</f>
         <v>=A6:B8+E2:E4</v>
       </c>
       <c r="L24" s="44"/>
       <c r="N24" s="64" t="str">
         <f ca="1">_xlfn.FORMULATEXT(N21)</f>
         <v>=E14*E2:E4</v>
       </c>
     </row>
     <row r="25" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="48" cm="1">
         <f t="array" ref="B25:D26">E14*A2:C3</f>
         <v>200</v>
       </c>
       <c r="C25">
         <v>400</v>
       </c>
       <c r="D25" s="47">
         <v>300</v>
       </c>
     </row>
@@ -11729,57 +11837,57 @@
       <c r="N44" s="47" t="e">
         <v>#N/A</v>
       </c>
       <c r="P44" s="48">
         <v>2.5</v>
       </c>
       <c r="Q44">
         <v>1.8</v>
       </c>
       <c r="R44" s="47" t="e">
         <v>#N/A</v>
       </c>
       <c r="T44" s="48">
         <v>0.4</v>
       </c>
       <c r="U44">
         <v>0.55555555555555558</v>
       </c>
       <c r="V44" s="47" t="e">
         <v>#N/A</v>
       </c>
       <c r="X44">
         <v>-3</v>
       </c>
       <c r="Y44" s="182" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="Z44">
         <v>1</v>
       </c>
       <c r="AA44" s="182" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="AB44">
         <v>-4</v>
       </c>
     </row>
     <row r="45" spans="8:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H45" s="48" t="e">
         <v>#N/A</v>
       </c>
       <c r="I45" t="e">
         <v>#N/A</v>
       </c>
       <c r="J45" s="47" t="e">
         <v>#N/A</v>
       </c>
       <c r="L45" s="53" t="e">
         <v>#N/A</v>
       </c>
       <c r="M45" s="56" t="e">
         <v>#N/A</v>
       </c>
       <c r="N45" s="52" t="e">
         <v>#N/A</v>
       </c>
       <c r="P45" s="48">
@@ -11832,58 +11940,58 @@
       <c r="T46" s="46" t="str">
         <f ca="1">_xlfn.FORMULATEXT(T43)</f>
         <v>=A11:C13/A6:B8</v>
       </c>
       <c r="U46" s="45"/>
       <c r="V46" s="44"/>
     </row>
     <row r="47" spans="8:28" x14ac:dyDescent="0.25">
       <c r="X47">
         <v>4</v>
       </c>
       <c r="Z47">
         <f>Z43*-1</f>
         <v>-2</v>
       </c>
       <c r="AB47" cm="1">
         <f t="array" ref="AB47:AB49">X47:X49+Z47:Z49</f>
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="8:28" x14ac:dyDescent="0.25">
       <c r="X48">
         <v>-3</v>
       </c>
       <c r="Y48" s="182" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="Z48">
         <f>Z44*-1</f>
         <v>-1</v>
       </c>
       <c r="AA48" s="66" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="AB48">
         <v>-4</v>
       </c>
     </row>
     <row r="49" spans="1:28" x14ac:dyDescent="0.25">
       <c r="X49">
         <v>5</v>
       </c>
       <c r="Z49">
         <f>Z45*-1</f>
         <v>6</v>
       </c>
       <c r="AB49">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:28" x14ac:dyDescent="0.25">
       <c r="Z50" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Z47)</f>
         <v>=Z43*-1</v>
       </c>
     </row>
     <row r="52" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
@@ -11900,106 +12008,106 @@
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A56" r:id="rId1" location=":~:text=For%20a%203%C3%973matrix%20(3%20r" xr:uid="{0DA8C074-005A-443C-BC91-36ADFB87F84D}"/>
     <hyperlink ref="A54" r:id="rId2" xr:uid="{C730E3A9-7735-4E17-A558-9C0F5ADF74A5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF500B43-28E9-4B76-AB2F-85CCFF4B692B}">
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H22" sqref="H22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="51" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B1" s="50"/>
       <c r="C1" s="50"/>
       <c r="D1" s="49"/>
       <c r="F1" s="46" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="G1" s="45"/>
       <c r="H1" s="45"/>
       <c r="I1" s="44"/>
       <c r="K1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="2" spans="1:16" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="82">
         <f>EVD!A20</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="B2" s="83">
         <f>EVD!B20</f>
         <v>2</v>
       </c>
       <c r="C2" s="83">
         <f>EVD!C20</f>
         <v>-1.6</v>
       </c>
       <c r="D2" s="84">
         <f>EVD!D20</f>
         <v>-2.6000000000000005</v>
       </c>
       <c r="F2" s="82" cm="1">
         <f t="array" ref="F2:I9">[1]!SPECTRAL(A2:D5,100)</f>
         <v>-0.51810244509786019</v>
       </c>
       <c r="G2" s="83">
         <v>-0.38947147186111097</v>
       </c>
       <c r="H2" s="83">
         <v>-0.47163134874514734</v>
       </c>
       <c r="I2" s="84">
         <v>-0.59786762738151422</v>
       </c>
       <c r="J2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="K2" s="46" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="L2" s="45"/>
       <c r="M2" s="45"/>
       <c r="N2" s="44"/>
       <c r="P2" s="2" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="77">
         <f>EVD!A21</f>
         <v>2</v>
       </c>
       <c r="B3" s="1">
         <f>EVD!B21</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="C3" s="1">
         <f>EVD!C21</f>
         <v>-1.7999999999999998</v>
       </c>
       <c r="D3" s="78">
         <f>EVD!D21</f>
         <v>-2.2000000000000002</v>
       </c>
       <c r="F3" s="77">
         <v>-0.49925617556474239</v>
       </c>
       <c r="G3" s="1">
         <v>0.63869476492034749</v>
       </c>
@@ -12043,51 +12151,51 @@
       <c r="F4" s="77">
         <v>0.39170923774579081</v>
       </c>
       <c r="G4" s="1">
         <v>-0.43491168123945018</v>
       </c>
       <c r="H4" s="1">
         <v>0.6083474054711977</v>
       </c>
       <c r="I4" s="78">
         <v>-0.53603091034243477</v>
       </c>
       <c r="K4" s="77">
         <v>2.0000000000000013</v>
       </c>
       <c r="L4" s="1">
         <v>2.4000000000000012</v>
       </c>
       <c r="M4" s="1">
         <v>-1.8000000000000009</v>
       </c>
       <c r="N4" s="78">
         <v>-2.1999999999999975</v>
       </c>
       <c r="P4" s="2" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="79">
         <f>EVD!A23</f>
         <v>-2.6000000000000005</v>
       </c>
       <c r="B5" s="69">
         <f>EVD!B23</f>
         <v>-2.2000000000000002</v>
       </c>
       <c r="C5" s="69">
         <f>EVD!C23</f>
         <v>1.7333333333333336</v>
       </c>
       <c r="D5" s="80">
         <f>EVD!D23</f>
         <v>2.9666666666666668</v>
       </c>
       <c r="F5" s="79">
         <v>0.57347798615875178</v>
       </c>
       <c r="G5" s="69">
         <v>0.50123128333251243</v>
       </c>
@@ -12210,51 +12318,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="5" width="6.85546875" customWidth="1"/>
     <col min="6" max="6" width="3.140625" customWidth="1"/>
     <col min="7" max="12" width="7.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="46" t="s">
         <v>82</v>
       </c>
       <c r="B1" s="45" t="s">
         <v>83</v>
       </c>
       <c r="C1" s="45" t="s">
         <v>84</v>
       </c>
       <c r="D1" s="45" t="s">
         <v>85</v>
       </c>
       <c r="E1" s="44" t="s">
         <v>86</v>
       </c>
       <c r="G1" s="46" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="45"/>
       <c r="K1" s="45"/>
       <c r="L1" s="44"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A2" s="48" t="s">
         <v>89</v>
       </c>
       <c r="B2">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
       <c r="E2" s="47">
         <v>1</v>
       </c>
       <c r="G2" s="77" cm="1">
         <f t="array" ref="G2:L7">[1]!SVD_U(B2:E7)</f>
@@ -12289,51 +12397,51 @@
       <c r="D3">
         <v>2</v>
       </c>
       <c r="E3" s="47">
         <v>2</v>
       </c>
       <c r="G3" s="77">
         <v>0.41661019564017088</v>
       </c>
       <c r="H3" s="1">
         <v>0.42016210511302388</v>
       </c>
       <c r="I3" s="1">
         <v>-0.46843976395860476</v>
       </c>
       <c r="J3" s="1">
         <v>-0.23922272474632097</v>
       </c>
       <c r="K3" s="1">
         <v>-0.60609152673132616</v>
       </c>
       <c r="L3" s="78">
         <v>-7.6742993474920307E-2</v>
       </c>
       <c r="N3" s="171" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" s="48" t="s">
         <v>94</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>4</v>
       </c>
       <c r="E4" s="47">
         <v>5</v>
       </c>
       <c r="G4" s="77">
         <v>0.39836512304844768</v>
       </c>
       <c r="H4" s="1">
         <v>-0.43710905407876804</v>
       </c>
       <c r="I4" s="1">
@@ -12362,51 +12470,51 @@
       <c r="D5">
         <v>5</v>
       </c>
       <c r="E5" s="47">
         <v>4</v>
       </c>
       <c r="G5" s="77">
         <v>0.39982602674822448</v>
       </c>
       <c r="H5" s="1">
         <v>-0.4061679034121245</v>
       </c>
       <c r="I5" s="1">
         <v>0.65493007394058034</v>
       </c>
       <c r="J5" s="1">
         <v>-0.28621346297832384</v>
       </c>
       <c r="K5" s="1">
         <v>-0.40406101782088361</v>
       </c>
       <c r="L5" s="78">
         <v>3.2402597244960779E-2</v>
       </c>
       <c r="N5" s="171" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A6" s="48" t="s">
         <v>96</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
       <c r="E6" s="47">
         <v>2</v>
       </c>
       <c r="G6" s="77">
         <v>0.42009038661670289</v>
       </c>
       <c r="H6" s="1">
         <v>0.28287139263284522</v>
       </c>
       <c r="I6" s="1">
@@ -12477,96 +12585,96 @@
         <f t="shared" si="0"/>
         <v>3.1666666666666665</v>
       </c>
       <c r="G8" s="81" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G2)</f>
         <v>=SVD_U(B2:E7)</v>
       </c>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="45"/>
       <c r="L8" s="44"/>
     </row>
     <row r="9" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="53"/>
       <c r="B9" s="69" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B8)</f>
         <v>=AVERAGE(B2:B7)</v>
       </c>
       <c r="C9" s="56"/>
       <c r="D9" s="56"/>
       <c r="E9" s="52"/>
     </row>
     <row r="10" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G10" s="46" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="H10" s="45"/>
       <c r="I10" s="45"/>
       <c r="J10" s="44"/>
       <c r="L10" s="85" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="44"/>
     </row>
     <row r="11" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="G11" s="82" cm="1">
         <f t="array" ref="G11:J14">[1]!SVD_V(B2:E7)</f>
         <v>0.47735814857523617</v>
       </c>
       <c r="H11" s="83">
         <v>0.52455076971951065</v>
       </c>
       <c r="I11" s="83">
         <v>0.46335720443857714</v>
       </c>
       <c r="J11" s="84">
         <v>0.53129632886964107</v>
       </c>
       <c r="L11" s="82" cm="1">
         <f t="array" ref="L11:O16">[1]!SVD_D(B2:E7)</f>
         <v>15.335327869922679</v>
       </c>
       <c r="M11" s="50">
         <v>0</v>
       </c>
       <c r="N11" s="50">
         <v>0</v>
       </c>
       <c r="O11" s="49">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="46" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C12" s="45"/>
       <c r="D12" s="45"/>
       <c r="E12" s="44"/>
       <c r="G12" s="77">
         <v>0.47943320691255703</v>
       </c>
       <c r="H12" s="1">
         <v>0.50586753425539244</v>
       </c>
       <c r="I12" s="1">
         <v>-0.57451418295467205</v>
       </c>
       <c r="J12" s="78">
         <v>-0.42915648833477571</v>
       </c>
       <c r="L12" s="48">
         <v>0</v>
       </c>
       <c r="M12" s="1">
         <v>6.4859680891581037</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
@@ -12741,100 +12849,100 @@
       <c r="D18" s="56">
         <v>3.9999999999999996</v>
       </c>
       <c r="E18" s="52">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B19" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B13)</f>
         <v>=MMULT(G2:L7,MMULT(L11:O16,TRANSPOSE(G11:J14)))</v>
       </c>
     </row>
     <row r="26" spans="2:15" x14ac:dyDescent="0.25">
       <c r="G26" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1BB71B1-0273-4175-A10E-C7FE3540A9C4}">
   <dimension ref="A1:Y20"/>
   <sheetViews>
-    <sheetView topLeftCell="L1" zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
+    <sheetView zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
       <selection activeCell="AD32" sqref="AD32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="6" max="6" width="2.7109375" customWidth="1"/>
     <col min="11" max="11" width="22.140625" customWidth="1"/>
     <col min="18" max="18" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="46" t="s">
         <v>82</v>
       </c>
       <c r="B1" s="45" t="s">
         <v>83</v>
       </c>
       <c r="C1" s="45" t="s">
         <v>84</v>
       </c>
       <c r="D1" s="45" t="s">
         <v>85</v>
       </c>
       <c r="E1" s="44" t="s">
         <v>86</v>
       </c>
       <c r="G1" s="46" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="44"/>
       <c r="L1" s="85" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="M1" s="45"/>
       <c r="N1" s="45"/>
       <c r="O1" s="44"/>
       <c r="P1" s="111" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="T1" s="100" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="U1" s="50"/>
       <c r="V1" s="50"/>
       <c r="W1" s="49"/>
       <c r="X1" s="109" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="2" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A2" s="48" t="s">
         <v>89</v>
       </c>
       <c r="B2">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4</v>
       </c>
       <c r="D2">
         <v>2</v>
       </c>
       <c r="E2" s="47">
         <v>1</v>
       </c>
       <c r="G2" s="82" cm="1">
         <f t="array" ref="G2:J5">1/(COUNT(B12:B17)-1)*MMULT(TRANSPOSE(B12:E17),B12:E17)</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="H2" s="83">
         <v>2</v>
       </c>
@@ -13171,141 +13279,141 @@
         <v>98</v>
       </c>
       <c r="B8" s="86">
         <f>AVERAGE(B2:B7)</f>
         <v>3</v>
       </c>
       <c r="C8" s="86">
         <f t="shared" ref="C8:E8" si="2">AVERAGE(C2:C7)</f>
         <v>3</v>
       </c>
       <c r="D8" s="86">
         <f t="shared" si="2"/>
         <v>3.3333333333333335</v>
       </c>
       <c r="E8" s="87">
         <f t="shared" si="2"/>
         <v>3.1666666666666665</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="46" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="M8" s="45"/>
       <c r="N8" s="45"/>
       <c r="O8" s="44"/>
       <c r="T8" t="str">
         <f ca="1">_xlfn.FORMULATEXT(T2)</f>
         <v>=SVD_D(B12:E17)</v>
       </c>
     </row>
     <row r="9" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="53"/>
       <c r="B9" s="69" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B8)</f>
         <v>=AVERAGE(B2:B7)</v>
       </c>
       <c r="C9" s="56"/>
       <c r="D9" s="56"/>
       <c r="E9" s="52"/>
       <c r="L9" s="82" cm="1">
         <f t="array" ref="L9:O12">[1]!SVD_U(G2:J5)</f>
         <v>0.51810244509785996</v>
       </c>
       <c r="M9" s="83">
         <v>0.38947147186111186</v>
       </c>
       <c r="N9" s="83">
         <v>0.47163134874516932</v>
       </c>
       <c r="O9" s="84">
         <v>0.59786762738168453</v>
       </c>
       <c r="X9" s="76" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="10" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G10" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="L10" s="77">
         <v>0.49925617556474222</v>
       </c>
       <c r="M10" s="1">
         <v>-0.6386947649203506</v>
       </c>
       <c r="N10" s="1">
         <v>-0.46763672711037713</v>
       </c>
       <c r="O10" s="78">
         <v>0.35231826504052793</v>
       </c>
       <c r="S10" s="2" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="X10" s="158">
         <f>X2/5</f>
         <v>8.4148141067871212</v>
       </c>
       <c r="Y10" t="str">
         <f ca="1">_xlfn.FORMULATEXT(X10)</f>
         <v>=X2/5</v>
       </c>
     </row>
     <row r="11" spans="1:25" ht="20.25" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B11" s="46" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="44"/>
       <c r="G11" s="51" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="H11" s="50"/>
       <c r="I11" s="50"/>
       <c r="J11" s="49"/>
       <c r="L11" s="77">
         <v>-0.39170923774579069</v>
       </c>
       <c r="M11" s="1">
         <v>0.43491168123944562</v>
       </c>
       <c r="N11" s="1">
         <v>-0.60834740547117794</v>
       </c>
       <c r="O11" s="78">
         <v>0.53603091034221306</v>
       </c>
       <c r="S11" s="112" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="U11" s="161"/>
       <c r="X11" s="159">
         <f t="shared" ref="X11:X13" si="3">X3/5</f>
         <v>0.67959958156260547</v>
       </c>
     </row>
     <row r="12" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="82">
         <f t="shared" ref="B12:B17" si="4">(B2-B$8)</f>
         <v>2</v>
       </c>
       <c r="C12" s="83">
         <f t="shared" ref="C12:E16" si="5">C2-C$8</f>
         <v>1</v>
       </c>
       <c r="D12" s="83">
         <f t="shared" si="5"/>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E12" s="84">
         <f t="shared" si="5"/>
         <v>-2.1666666666666665</v>
       </c>
       <c r="F12" s="1"/>
@@ -13425,57 +13533,57 @@
         <v>-2</v>
       </c>
       <c r="D15" s="1">
         <f t="shared" si="5"/>
         <v>1.6666666666666665</v>
       </c>
       <c r="E15" s="78">
         <f t="shared" si="5"/>
         <v>0.83333333333333348</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="79">
         <v>-2.5999999999999863</v>
       </c>
       <c r="H15" s="69">
         <v>-2.2000000000000046</v>
       </c>
       <c r="I15" s="69">
         <v>1.7333333333333285</v>
       </c>
       <c r="J15" s="80">
         <v>2.9666666666666779</v>
       </c>
       <c r="K15" s="1"/>
       <c r="L15" s="46" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="44"/>
       <c r="T15" s="92" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="U15" s="45"/>
       <c r="V15" s="45"/>
       <c r="W15" s="44"/>
     </row>
     <row r="16" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="77">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="C16" s="1">
         <f t="shared" si="5"/>
         <v>1</v>
       </c>
       <c r="D16" s="1">
         <f t="shared" si="5"/>
         <v>-0.33333333333333348</v>
       </c>
       <c r="E16" s="78">
         <f t="shared" si="5"/>
         <v>-1.1666666666666665</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G12)</f>
@@ -13593,1076 +13701,1077 @@
       </c>
     </row>
     <row r="19" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="81" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B18)</f>
         <v>=AVERAGE(B12:B17)</v>
       </c>
       <c r="C19" s="45"/>
       <c r="D19" s="45"/>
       <c r="E19" s="44"/>
       <c r="L19" s="79">
         <v>-0.57347798615875234</v>
       </c>
       <c r="M19" s="69">
         <v>-0.50123128333251199</v>
       </c>
       <c r="N19" s="69">
         <v>0.43450339077489247</v>
       </c>
       <c r="O19" s="80">
         <v>0.48072549693756028</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="42" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="B20" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B12)</f>
         <v>=(B2-B$8)</v>
       </c>
       <c r="L20" s="46" t="str">
         <f ca="1">_xlfn.FORMULATEXT(L16)</f>
         <v>=SVD_V(G2:J5)</v>
       </c>
       <c r="M20" s="45"/>
       <c r="N20" s="45"/>
       <c r="O20" s="44"/>
       <c r="R20" s="2" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC93D93F-77AD-44D1-9EB6-0690BA559AED}">
   <dimension ref="A1:AG49"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L51" sqref="L51"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G1" sqref="G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
+    <col min="20" max="20" width="10.42578125" customWidth="1"/>
     <col min="21" max="21" width="9.28515625" customWidth="1"/>
     <col min="24" max="25" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="8.85546875" customWidth="1"/>
     <col min="29" max="29" width="8.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B1" s="46" t="s">
         <v>100</v>
       </c>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="44"/>
       <c r="J1" s="51" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="K1" s="50"/>
       <c r="L1" s="50"/>
       <c r="M1" s="49"/>
       <c r="Q1" s="51" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="R1" s="50"/>
       <c r="S1" s="50"/>
       <c r="T1" s="49"/>
       <c r="X1" s="46" t="s">
         <v>82</v>
       </c>
       <c r="Y1" s="45" t="s">
         <v>83</v>
       </c>
       <c r="Z1" s="45" t="s">
         <v>84</v>
       </c>
       <c r="AA1" s="45" t="s">
         <v>85</v>
       </c>
       <c r="AB1" s="44" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="2" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B2" s="199">
         <f t="shared" ref="B2:B7" si="0">(Y2-Y$8)</f>
         <v>2</v>
       </c>
       <c r="C2" s="200">
         <f t="shared" ref="C2:E7" si="1">Z2-Z$8</f>
         <v>1</v>
       </c>
       <c r="D2" s="200">
         <f t="shared" si="1"/>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E2" s="201">
         <f t="shared" si="1"/>
         <v>-2.1666666666666665</v>
       </c>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="J2" s="172">
-        <f t="shared" ref="J2:M7" si="2">(Y2-Y$8)*(1/(COUNT($Y$2:$Y$7)-1))</f>
+        <f>B2*(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.4</v>
       </c>
       <c r="K2" s="173">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="K2:M2" si="2">C2*(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.2</v>
       </c>
       <c r="L2" s="173">
         <f t="shared" si="2"/>
         <v>-0.26666666666666672</v>
       </c>
       <c r="M2" s="174">
         <f t="shared" si="2"/>
         <v>-0.43333333333333335</v>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="208">
-        <f t="shared" ref="Q2:T7" si="3">(Y2-Y$8)*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
+        <f>B2*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.89442719099991586</v>
       </c>
       <c r="R2" s="209">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="R2:T2" si="3">C2*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.44721359549995793</v>
       </c>
       <c r="S2" s="209">
         <f t="shared" si="3"/>
         <v>-0.59628479399994394</v>
       </c>
       <c r="T2" s="210">
         <f t="shared" si="3"/>
         <v>-0.96896279024990872</v>
       </c>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="X2" s="48" t="s">
         <v>89</v>
       </c>
       <c r="Y2">
         <v>5</v>
       </c>
       <c r="Z2">
         <v>4</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2" s="47">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B3" s="202">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="C3" s="203">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="D3" s="203">
         <f t="shared" si="1"/>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E3" s="204">
         <f t="shared" si="1"/>
         <v>-1.1666666666666665</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="J3" s="162">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="J3:J7" si="4">B3*(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.2</v>
       </c>
       <c r="K3" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="K3:K7" si="5">C3*(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.4</v>
       </c>
       <c r="L3" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="L3:L7" si="6">D3*(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>-0.26666666666666672</v>
       </c>
       <c r="M3" s="164">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M3:M7" si="7">E3*(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>-0.23333333333333331</v>
       </c>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="211">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="Q3:Q7" si="8">B3*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.44721359549995793</v>
       </c>
       <c r="R3" s="212">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="R3:R7" si="9">C3*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>0.89442719099991586</v>
       </c>
       <c r="S3" s="212">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="S3:S7" si="10">D3*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>-0.59628479399994394</v>
       </c>
       <c r="T3" s="213">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="T3:T7" si="11">E3*SQRT(1/(COUNT($Y$2:$Y$7)-1))</f>
         <v>-0.52174919474995085</v>
       </c>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="X3" s="48" t="s">
         <v>92</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>5</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3" s="47">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B4" s="202">
         <f t="shared" si="0"/>
         <v>-2</v>
       </c>
       <c r="C4" s="203">
         <f t="shared" si="1"/>
         <v>-1</v>
       </c>
       <c r="D4" s="203">
         <f t="shared" si="1"/>
         <v>0.66666666666666652</v>
       </c>
       <c r="E4" s="204">
         <f t="shared" si="1"/>
         <v>1.8333333333333335</v>
       </c>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="J4" s="162">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>-0.4</v>
       </c>
       <c r="K4" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" si="5"/>
         <v>-0.2</v>
       </c>
       <c r="L4" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" si="6"/>
         <v>0.1333333333333333</v>
       </c>
       <c r="M4" s="164">
-        <f t="shared" si="2"/>
+        <f t="shared" si="7"/>
         <v>0.3666666666666667</v>
       </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
-      <c r="Q4" s="214">
-        <f t="shared" si="3"/>
+      <c r="Q4" s="211">
+        <f t="shared" si="8"/>
         <v>-0.89442719099991586</v>
       </c>
-      <c r="R4" s="215">
-        <f t="shared" si="3"/>
+      <c r="R4" s="212">
+        <f t="shared" si="9"/>
         <v>-0.44721359549995793</v>
       </c>
-      <c r="S4" s="215">
-        <f t="shared" si="3"/>
+      <c r="S4" s="212">
+        <f t="shared" si="10"/>
         <v>0.29814239699997186</v>
       </c>
-      <c r="T4" s="216">
-        <f t="shared" si="3"/>
+      <c r="T4" s="213">
+        <f t="shared" si="11"/>
         <v>0.81989159174992299</v>
       </c>
       <c r="U4" s="183"/>
       <c r="V4" s="183"/>
       <c r="X4" s="48" t="s">
         <v>94</v>
       </c>
       <c r="Y4">
         <v>1</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4" s="47">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B5" s="202">
         <f t="shared" si="0"/>
         <v>-1</v>
       </c>
       <c r="C5" s="203">
         <f t="shared" si="1"/>
         <v>-2</v>
       </c>
       <c r="D5" s="203">
         <f t="shared" si="1"/>
         <v>1.6666666666666665</v>
       </c>
       <c r="E5" s="204">
         <f t="shared" si="1"/>
         <v>0.83333333333333348</v>
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="J5" s="162">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>-0.2</v>
       </c>
       <c r="K5" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" si="5"/>
         <v>-0.4</v>
       </c>
       <c r="L5" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" si="6"/>
         <v>0.33333333333333331</v>
       </c>
       <c r="M5" s="164">
-        <f t="shared" si="2"/>
+        <f t="shared" si="7"/>
         <v>0.16666666666666671</v>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
-      <c r="Q5" s="214">
-        <f t="shared" si="3"/>
+      <c r="Q5" s="211">
+        <f t="shared" si="8"/>
         <v>-0.44721359549995793</v>
       </c>
-      <c r="R5" s="215">
-        <f t="shared" si="3"/>
+      <c r="R5" s="212">
+        <f t="shared" si="9"/>
         <v>-0.89442719099991586</v>
       </c>
-      <c r="S5" s="215">
-        <f t="shared" si="3"/>
+      <c r="S5" s="212">
+        <f t="shared" si="10"/>
         <v>0.74535599249992979</v>
       </c>
-      <c r="T5" s="216">
-        <f t="shared" si="3"/>
+      <c r="T5" s="213">
+        <f t="shared" si="11"/>
         <v>0.372677996249965</v>
       </c>
       <c r="U5" s="183"/>
       <c r="V5" s="183"/>
       <c r="X5" s="48" t="s">
         <v>95</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>1</v>
       </c>
       <c r="AA5">
         <v>5</v>
       </c>
       <c r="AB5" s="47">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B6" s="202">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="C6" s="203">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="D6" s="203">
         <f t="shared" si="1"/>
         <v>-0.33333333333333348</v>
       </c>
       <c r="E6" s="204">
         <f t="shared" si="1"/>
         <v>-1.1666666666666665</v>
       </c>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="J6" s="162">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>0.2</v>
       </c>
       <c r="K6" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" si="5"/>
         <v>0.2</v>
       </c>
       <c r="L6" s="163">
-        <f t="shared" si="2"/>
+        <f t="shared" si="6"/>
         <v>-6.6666666666666693E-2</v>
       </c>
       <c r="M6" s="164">
-        <f t="shared" si="2"/>
+        <f t="shared" si="7"/>
         <v>-0.23333333333333331</v>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
-      <c r="Q6" s="214">
-        <f t="shared" si="3"/>
+      <c r="Q6" s="211">
+        <f t="shared" si="8"/>
         <v>0.44721359549995793</v>
       </c>
-      <c r="R6" s="215">
-        <f t="shared" si="3"/>
+      <c r="R6" s="212">
+        <f t="shared" si="9"/>
         <v>0.44721359549995793</v>
       </c>
-      <c r="S6" s="215">
-        <f t="shared" si="3"/>
+      <c r="S6" s="212">
+        <f t="shared" si="10"/>
         <v>-0.14907119849998604</v>
       </c>
-      <c r="T6" s="216">
-        <f t="shared" si="3"/>
+      <c r="T6" s="213">
+        <f t="shared" si="11"/>
         <v>-0.52174919474995085</v>
       </c>
       <c r="U6" s="183"/>
       <c r="V6" s="183"/>
       <c r="X6" s="48" t="s">
         <v>96</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6" s="47">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="205">
         <f t="shared" si="0"/>
         <v>-1</v>
       </c>
       <c r="C7" s="206">
         <f t="shared" si="1"/>
         <v>-1</v>
       </c>
       <c r="D7" s="206">
         <f t="shared" si="1"/>
         <v>0.66666666666666652</v>
       </c>
       <c r="E7" s="207">
         <f t="shared" si="1"/>
         <v>1.8333333333333335</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="J7" s="165">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>-0.2</v>
       </c>
       <c r="K7" s="166">
-        <f t="shared" si="2"/>
+        <f t="shared" si="5"/>
         <v>-0.2</v>
       </c>
       <c r="L7" s="166">
-        <f t="shared" si="2"/>
+        <f t="shared" si="6"/>
         <v>0.1333333333333333</v>
       </c>
       <c r="M7" s="167">
-        <f t="shared" si="2"/>
+        <f t="shared" si="7"/>
         <v>0.3666666666666667</v>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="214">
-        <f t="shared" si="3"/>
+        <f t="shared" si="8"/>
         <v>-0.44721359549995793</v>
       </c>
       <c r="R7" s="215">
-        <f t="shared" si="3"/>
+        <f t="shared" si="9"/>
         <v>-0.44721359549995793</v>
       </c>
       <c r="S7" s="215">
-        <f t="shared" si="3"/>
+        <f t="shared" si="10"/>
         <v>0.29814239699997186</v>
       </c>
       <c r="T7" s="216">
-        <f t="shared" si="3"/>
+        <f t="shared" si="11"/>
         <v>0.81989159174992299</v>
       </c>
       <c r="U7" s="183"/>
       <c r="V7" s="183"/>
       <c r="X7" s="48" t="s">
         <v>97</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7" s="47">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="46" t="s">
         <v>98</v>
       </c>
       <c r="B8" s="86">
         <f>AVERAGE(B2:B7)</f>
         <v>0</v>
       </c>
       <c r="C8" s="86">
         <f>AVERAGE(C2:C7)</f>
         <v>0</v>
       </c>
       <c r="D8" s="86">
-        <f t="shared" ref="D8:E8" si="4">AVERAGE(D2:D7)</f>
+        <f t="shared" ref="D8:E8" si="12">AVERAGE(D2:D7)</f>
         <v>-1.4802973661668753E-16</v>
       </c>
       <c r="E8" s="87">
-        <f t="shared" si="4"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F8" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B8)</f>
         <v>=AVERAGE(B2:B7)</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="46" t="s">
         <v>98</v>
       </c>
-      <c r="J8" s="220">
+      <c r="J8" s="262">
         <f>AVERAGE(J2:J7)</f>
         <v>0</v>
       </c>
-      <c r="K8" s="220">
+      <c r="K8" s="262">
         <f>AVERAGE(K2:K7)</f>
         <v>0</v>
       </c>
-      <c r="L8" s="220">
+      <c r="L8" s="262">
         <f>AVERAGE(L2:L7)</f>
         <v>-3.7007434154171883E-17</v>
       </c>
-      <c r="M8" s="221">
+      <c r="M8" s="263">
         <f>AVERAGE(M2:M7)</f>
         <v>0</v>
       </c>
       <c r="N8" s="183"/>
       <c r="O8" s="183"/>
       <c r="P8" s="184" t="s">
         <v>98</v>
       </c>
-      <c r="Q8" s="220">
+      <c r="Q8" s="262">
         <f>AVERAGE(Q2:Q7)</f>
         <v>0</v>
       </c>
-      <c r="R8" s="220">
-[...8 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="R8" s="262">
+        <f t="shared" ref="R8:T8" si="13">AVERAGE(R2:R7)</f>
+        <v>0</v>
+      </c>
+      <c r="S8" s="262">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="T8" s="263">
+        <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="U8" s="183"/>
       <c r="V8" s="183"/>
       <c r="X8" s="46" t="s">
         <v>98</v>
       </c>
       <c r="Y8" s="86">
         <f>AVERAGE(Y2:Y7)</f>
         <v>3</v>
       </c>
       <c r="Z8" s="86">
-        <f t="shared" ref="Z8:AB8" si="6">AVERAGE(Z2:Z7)</f>
+        <f t="shared" ref="Z8:AB8" si="14">AVERAGE(Z2:Z7)</f>
         <v>3</v>
       </c>
       <c r="AA8" s="86">
-        <f t="shared" si="6"/>
+        <f t="shared" si="14"/>
         <v>3.3333333333333335</v>
       </c>
       <c r="AB8" s="87">
-        <f t="shared" si="6"/>
+        <f t="shared" si="14"/>
         <v>3.1666666666666665</v>
       </c>
     </row>
     <row r="9" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="42" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="B9" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B2)</f>
         <v>=(Y2-Y$8)</v>
       </c>
       <c r="I9" s="42" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="J9" s="71" t="str">
         <f ca="1">_xlfn.FORMULATEXT(J2)</f>
-        <v>=(Y2-Y$8)*(1/(COUNT($Y$2:$Y$7)-1))</v>
+        <v>=B2*(1/(COUNT($Y$2:$Y$7)-1))</v>
       </c>
       <c r="K9" s="71"/>
       <c r="L9" s="71"/>
       <c r="M9" s="71"/>
       <c r="N9" s="71"/>
       <c r="O9" s="71"/>
-      <c r="P9" s="222" t="s">
-        <v>223</v>
+      <c r="P9" s="217" t="s">
+        <v>212</v>
       </c>
       <c r="Q9" s="71" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Q2)</f>
-        <v>=(Y2-Y$8)*SQRT(1/(COUNT($Y$2:$Y$7)-1))</v>
+        <v>=B2*SQRT(1/(COUNT($Y$2:$Y$7)-1))</v>
       </c>
       <c r="R9" s="71"/>
       <c r="S9" s="71"/>
       <c r="T9" s="71"/>
       <c r="U9" s="71"/>
       <c r="V9" s="71"/>
       <c r="X9" s="53"/>
       <c r="Y9" s="69" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Y8)</f>
         <v>=AVERAGE(Y2:Y7)</v>
       </c>
       <c r="Z9" s="56"/>
       <c r="AA9" s="56"/>
       <c r="AB9" s="52"/>
     </row>
     <row r="10" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="42"/>
       <c r="I10" s="42"/>
       <c r="J10" s="71"/>
       <c r="K10" s="71"/>
       <c r="L10" s="71"/>
       <c r="M10" s="71"/>
       <c r="N10" s="71"/>
       <c r="O10" s="71"/>
       <c r="P10" s="71"/>
       <c r="Q10" s="71"/>
       <c r="R10" s="71"/>
       <c r="S10" s="71"/>
       <c r="T10" s="71"/>
       <c r="U10" s="71"/>
       <c r="V10" s="71"/>
       <c r="Y10" s="1"/>
     </row>
     <row r="11" spans="1:33" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="42"/>
       <c r="B11" s="46" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="44"/>
       <c r="I11" s="42"/>
       <c r="J11" s="46" t="s">
-        <v>229</v>
+        <v>217</v>
       </c>
       <c r="K11" s="45"/>
       <c r="L11" s="45"/>
       <c r="M11" s="44"/>
       <c r="Q11" s="46" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="R11" s="45"/>
       <c r="S11" s="45"/>
       <c r="T11" s="44"/>
       <c r="X11" s="46"/>
       <c r="Y11" s="45"/>
       <c r="Z11" s="45"/>
       <c r="AA11" s="44"/>
-      <c r="AD11" s="244" t="s">
-        <v>231</v>
+      <c r="AD11" s="239" t="s">
+        <v>219</v>
       </c>
       <c r="AE11" s="45"/>
       <c r="AF11" s="45"/>
       <c r="AG11" s="44"/>
     </row>
     <row r="12" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A12" s="42"/>
-      <c r="B12" s="223" cm="1">
+      <c r="B12" s="218" cm="1">
         <f t="array" ref="B12:E15">1/5*MMULT(TRANSPOSE(B2:E7),B2:E7)</f>
         <v>2.4000000000000004</v>
       </c>
-      <c r="C12" s="224">
+      <c r="C12" s="219">
         <v>2</v>
       </c>
-      <c r="D12" s="224">
+      <c r="D12" s="219">
         <v>-1.6</v>
       </c>
-      <c r="E12" s="225">
+      <c r="E12" s="220">
         <v>-2.6000000000000005</v>
       </c>
       <c r="I12" s="42"/>
-      <c r="J12" s="223" cm="1">
+      <c r="J12" s="218" cm="1">
         <f t="array" ref="J12:M15">5*MMULT(TRANSPOSE(J2:M7),J2:M7)</f>
         <v>2.4000000000000012</v>
       </c>
-      <c r="K12" s="224">
+      <c r="K12" s="219">
         <v>2.0000000000000009</v>
       </c>
-      <c r="L12" s="224">
+      <c r="L12" s="219">
         <v>-1.6000000000000003</v>
       </c>
-      <c r="M12" s="225">
+      <c r="M12" s="220">
         <v>-2.6</v>
       </c>
-      <c r="Q12" s="223" cm="1">
+      <c r="Q12" s="218" cm="1">
         <f t="array" ref="Q12:T15">MMULT(TRANSPOSE(Q2:T7),Q2:T7)</f>
         <v>2.4</v>
       </c>
-      <c r="R12" s="224">
+      <c r="R12" s="219">
         <v>1.9999999999999998</v>
       </c>
-      <c r="S12" s="224">
+      <c r="S12" s="219">
         <v>-1.5999999999999999</v>
       </c>
-      <c r="T12" s="225">
+      <c r="T12" s="220">
         <v>-2.5999999999999996</v>
       </c>
-      <c r="X12" s="235" cm="1">
+      <c r="X12" s="230" cm="1">
         <f t="array" ref="X12:AA15">MMULT(TRANSPOSE(B2:E7),B2:E7)</f>
         <v>12</v>
       </c>
-      <c r="Y12" s="236">
+      <c r="Y12" s="231">
         <v>10</v>
       </c>
-      <c r="Z12" s="236">
+      <c r="Z12" s="231">
         <v>-8</v>
       </c>
-      <c r="AA12" s="237">
+      <c r="AA12" s="232">
         <v>-13.000000000000002</v>
       </c>
-      <c r="AD12" s="235" cm="1">
+      <c r="AD12" s="230" cm="1">
         <f t="array" ref="AD12:AG15">MMULT(B28:E31,MMULT((B35:E38)^2,TRANSPOSE(B28:E31)))</f>
         <v>12.000000000000005</v>
       </c>
-      <c r="AE12" s="236">
+      <c r="AE12" s="231">
         <v>10</v>
       </c>
-      <c r="AF12" s="236">
+      <c r="AF12" s="231">
         <v>-8.0000000000000018</v>
       </c>
-      <c r="AG12" s="237">
+      <c r="AG12" s="232">
         <v>-12.999999999999996</v>
       </c>
     </row>
     <row r="13" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A13" s="42"/>
-      <c r="B13" s="226">
+      <c r="B13" s="221">
         <v>2</v>
       </c>
-      <c r="C13" s="227">
+      <c r="C13" s="222">
         <v>2.4000000000000004</v>
       </c>
-      <c r="D13" s="227">
+      <c r="D13" s="222">
         <v>-1.7999999999999998</v>
       </c>
-      <c r="E13" s="228">
+      <c r="E13" s="223">
         <v>-2.2000000000000002</v>
       </c>
       <c r="I13" s="42"/>
-      <c r="J13" s="226">
+      <c r="J13" s="221">
         <v>2.0000000000000009</v>
       </c>
-      <c r="K13" s="227">
+      <c r="K13" s="222">
         <v>2.4000000000000004</v>
       </c>
-      <c r="L13" s="227">
+      <c r="L13" s="222">
         <v>-1.8000000000000005</v>
       </c>
-      <c r="M13" s="228">
+      <c r="M13" s="223">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="Q13" s="226">
+      <c r="Q13" s="221">
         <v>1.9999999999999998</v>
       </c>
-      <c r="R13" s="227">
+      <c r="R13" s="222">
         <v>2.4000000000000004</v>
       </c>
-      <c r="S13" s="227">
+      <c r="S13" s="222">
         <v>-1.7999999999999998</v>
       </c>
-      <c r="T13" s="228">
+      <c r="T13" s="223">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="X13" s="238">
+      <c r="X13" s="233">
         <v>10</v>
       </c>
-      <c r="Y13" s="239">
+      <c r="Y13" s="234">
         <v>12</v>
       </c>
-      <c r="Z13" s="239">
+      <c r="Z13" s="234">
         <v>-8.9999999999999982</v>
       </c>
-      <c r="AA13" s="240">
+      <c r="AA13" s="235">
         <v>-11</v>
       </c>
-      <c r="AD13" s="238">
+      <c r="AD13" s="233">
         <v>10</v>
       </c>
-      <c r="AE13" s="239">
+      <c r="AE13" s="234">
         <v>11.999999999999998</v>
       </c>
-      <c r="AF13" s="239">
+      <c r="AF13" s="234">
         <v>-9.0000000000000018</v>
       </c>
-      <c r="AG13" s="240">
+      <c r="AG13" s="235">
         <v>-10.999999999999998</v>
       </c>
     </row>
     <row r="14" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A14" s="42"/>
-      <c r="B14" s="226">
+      <c r="B14" s="221">
         <v>-1.6</v>
       </c>
-      <c r="C14" s="227">
+      <c r="C14" s="222">
         <v>-1.7999999999999998</v>
       </c>
-      <c r="D14" s="227">
+      <c r="D14" s="222">
         <v>1.466666666666667</v>
       </c>
-      <c r="E14" s="228">
+      <c r="E14" s="223">
         <v>1.7333333333333336</v>
       </c>
       <c r="I14" s="42"/>
-      <c r="J14" s="226">
+      <c r="J14" s="221">
         <v>-1.6000000000000003</v>
       </c>
-      <c r="K14" s="227">
+      <c r="K14" s="222">
         <v>-1.8000000000000005</v>
       </c>
-      <c r="L14" s="227">
+      <c r="L14" s="222">
         <v>1.4666666666666672</v>
       </c>
-      <c r="M14" s="228">
+      <c r="M14" s="223">
         <v>1.7333333333333334</v>
       </c>
-      <c r="Q14" s="226">
+      <c r="Q14" s="221">
         <v>-1.5999999999999999</v>
       </c>
-      <c r="R14" s="227">
+      <c r="R14" s="222">
         <v>-1.7999999999999998</v>
       </c>
-      <c r="S14" s="227">
+      <c r="S14" s="222">
         <v>1.4666666666666661</v>
       </c>
-      <c r="T14" s="228">
+      <c r="T14" s="223">
         <v>1.7333333333333332</v>
       </c>
-      <c r="X14" s="238">
+      <c r="X14" s="233">
         <v>-8</v>
       </c>
-      <c r="Y14" s="239">
+      <c r="Y14" s="234">
         <v>-8.9999999999999982</v>
       </c>
-      <c r="Z14" s="239">
+      <c r="Z14" s="234">
         <v>7.3333333333333348</v>
       </c>
-      <c r="AA14" s="240">
+      <c r="AA14" s="235">
         <v>8.6666666666666679</v>
       </c>
-      <c r="AD14" s="238">
+      <c r="AD14" s="233">
         <v>-8.0000000000000018</v>
       </c>
-      <c r="AE14" s="239">
+      <c r="AE14" s="234">
         <v>-9.0000000000000036</v>
       </c>
-      <c r="AF14" s="239">
+      <c r="AF14" s="234">
         <v>7.3333333333333277</v>
       </c>
-      <c r="AG14" s="240">
+      <c r="AG14" s="235">
         <v>8.6666666666666661</v>
       </c>
     </row>
     <row r="15" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="42"/>
-      <c r="B15" s="229">
+      <c r="B15" s="224">
         <v>-2.6000000000000005</v>
       </c>
-      <c r="C15" s="230">
+      <c r="C15" s="225">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="D15" s="230">
+      <c r="D15" s="225">
         <v>1.7333333333333336</v>
       </c>
-      <c r="E15" s="231">
+      <c r="E15" s="226">
         <v>2.9666666666666668</v>
       </c>
       <c r="I15" s="42"/>
-      <c r="J15" s="229">
+      <c r="J15" s="224">
         <v>-2.6</v>
       </c>
-      <c r="K15" s="230">
+      <c r="K15" s="225">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="L15" s="230">
+      <c r="L15" s="225">
         <v>1.7333333333333334</v>
       </c>
-      <c r="M15" s="231">
+      <c r="M15" s="226">
         <v>2.9666666666666668</v>
       </c>
-      <c r="Q15" s="229">
+      <c r="Q15" s="224">
         <v>-2.5999999999999996</v>
       </c>
-      <c r="R15" s="230">
+      <c r="R15" s="225">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="S15" s="230">
+      <c r="S15" s="225">
         <v>1.7333333333333332</v>
       </c>
-      <c r="T15" s="231">
+      <c r="T15" s="226">
         <v>2.9666666666666668</v>
       </c>
-      <c r="X15" s="241">
+      <c r="X15" s="236">
         <v>-13.000000000000002</v>
       </c>
-      <c r="Y15" s="242">
+      <c r="Y15" s="237">
         <v>-11</v>
       </c>
-      <c r="Z15" s="242">
+      <c r="Z15" s="237">
         <v>8.6666666666666679</v>
       </c>
-      <c r="AA15" s="243">
+      <c r="AA15" s="238">
         <v>14.833333333333332</v>
       </c>
-      <c r="AD15" s="241">
+      <c r="AD15" s="236">
         <v>-12.999999999999996</v>
       </c>
-      <c r="AE15" s="242">
+      <c r="AE15" s="237">
         <v>-11</v>
       </c>
-      <c r="AF15" s="242">
+      <c r="AF15" s="237">
         <v>8.6666666666666661</v>
       </c>
-      <c r="AG15" s="243">
+      <c r="AG15" s="238">
         <v>14.833333333333334</v>
       </c>
     </row>
     <row r="16" spans="1:33" x14ac:dyDescent="0.25">
       <c r="A16" s="42"/>
       <c r="B16" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B12)</f>
         <v>=1/5*MMULT(TRANSPOSE(B2:E7),B2:E7)</v>
       </c>
       <c r="I16" s="42"/>
       <c r="J16" t="str">
         <f ca="1">_xlfn.FORMULATEXT(J12)</f>
         <v>=5*MMULT(TRANSPOSE(J2:M7),J2:M7)</v>
       </c>
       <c r="Q16" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Q12)</f>
         <v>=MMULT(TRANSPOSE(Q2:T7),Q2:T7)</v>
       </c>
       <c r="X16" t="str">
         <f ca="1">_xlfn.FORMULATEXT(X12)</f>
         <v>=MMULT(TRANSPOSE(B2:E7),B2:E7)</v>
       </c>
       <c r="AD16" t="str">
         <f ca="1">_xlfn.FORMULATEXT(AD12)</f>
         <v>=MMULT(B28:E31,MMULT((B35:E38)^2,TRANSPOSE(B28:E31)))</v>
       </c>
     </row>
     <row r="17" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="42"/>
       <c r="I17" s="42"/>
       <c r="J17" s="71"/>
       <c r="K17" s="71"/>
       <c r="L17" s="71"/>
       <c r="M17" s="71"/>
       <c r="Q17" s="71"/>
       <c r="R17" s="71"/>
       <c r="S17" s="71"/>
       <c r="T17" s="71"/>
       <c r="U17" s="71"/>
       <c r="V17" s="71"/>
     </row>
     <row r="18" spans="1:33" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="42"/>
       <c r="B18" s="46" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="45"/>
       <c r="E18" s="45"/>
       <c r="F18" s="45"/>
       <c r="G18" s="44"/>
       <c r="I18" s="42"/>
       <c r="J18" s="46" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="K18" s="45"/>
       <c r="L18" s="45"/>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="44"/>
       <c r="Q18" s="46" t="s">
-        <v>213</v>
+        <v>239</v>
       </c>
       <c r="R18" s="45"/>
       <c r="S18" s="45"/>
       <c r="T18" s="45"/>
       <c r="U18" s="45"/>
       <c r="V18" s="44"/>
       <c r="X18" s="46" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="Y18" s="45"/>
       <c r="Z18" s="45"/>
       <c r="AA18" s="44"/>
-      <c r="AD18" s="244" t="s">
-        <v>227</v>
+      <c r="AD18" s="239" t="s">
+        <v>215</v>
       </c>
       <c r="AE18" s="45"/>
       <c r="AF18" s="45"/>
       <c r="AG18" s="44"/>
     </row>
     <row r="19" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B19" s="190" cm="1">
         <f t="array" ref="B19:G24">[1]!SVD_U(B2:E7)</f>
         <v>0.5087951402776425</v>
       </c>
       <c r="C19" s="191">
         <v>0.35064500472136118</v>
       </c>
       <c r="D19" s="191">
         <v>0.52839742399999268</v>
       </c>
       <c r="E19" s="191">
         <v>0.40261768454038038</v>
       </c>
       <c r="F19" s="191">
         <v>0.40824829046386096</v>
       </c>
       <c r="G19" s="192">
         <v>0.1010152544552152</v>
       </c>
@@ -14697,61 +14806,61 @@
       <c r="S19" s="191">
         <v>0.52839742399999312</v>
       </c>
       <c r="T19" s="191">
         <v>0.40261768454038149</v>
       </c>
       <c r="U19" s="191">
         <v>0.40824829046386085</v>
       </c>
       <c r="V19" s="192">
         <v>0.10101525445522253</v>
       </c>
       <c r="X19" s="187" cm="1">
         <f t="array" ref="X19:AA22">[1]!SVD_U(B12:E15)</f>
         <v>0.51810244509785996</v>
       </c>
       <c r="Y19" s="188">
         <v>0.38947147186111186</v>
       </c>
       <c r="Z19" s="188">
         <v>0.47163134874516932</v>
       </c>
       <c r="AA19" s="189">
         <v>0.59786762738168453</v>
       </c>
-      <c r="AD19" s="223" cm="1">
+      <c r="AD19" s="218" cm="1">
         <f t="array" ref="AD19:AG22">MMULT(B28:E31,MMULT(((B35:E38)^2)/5,TRANSPOSE(B28:E31)))</f>
         <v>2.4000000000000012</v>
       </c>
-      <c r="AE19" s="224">
+      <c r="AE19" s="219">
         <v>1.9999999999999998</v>
       </c>
-      <c r="AF19" s="224">
+      <c r="AF19" s="219">
         <v>-1.6000000000000008</v>
       </c>
-      <c r="AG19" s="225">
+      <c r="AG19" s="220">
         <v>-2.5999999999999992</v>
       </c>
     </row>
     <row r="20" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B20" s="193">
         <v>0.417478010610563</v>
       </c>
       <c r="C20" s="194">
         <v>-0.47903156960484822</v>
       </c>
       <c r="D20" s="194">
         <v>-0.2439506058745364</v>
       </c>
       <c r="E20" s="194">
         <v>-5.2109139599796156E-2</v>
       </c>
       <c r="F20" s="194">
         <v>0.40824829046385996</v>
       </c>
       <c r="G20" s="195">
         <v>-0.6060915267313286</v>
       </c>
       <c r="H20" s="73"/>
       <c r="J20" s="193">
         <v>0.41747801061056306</v>
@@ -14780,60 +14889,60 @@
       </c>
       <c r="S20" s="194">
         <v>-0.24395060587453612</v>
       </c>
       <c r="T20" s="194">
         <v>-5.2109139599798272E-2</v>
       </c>
       <c r="U20" s="194">
         <v>0.40824829046386479</v>
       </c>
       <c r="V20" s="195">
         <v>-0.60609152673132571</v>
       </c>
       <c r="X20" s="175">
         <v>0.49925617556474222</v>
       </c>
       <c r="Y20" s="176">
         <v>-0.6386947649203506</v>
       </c>
       <c r="Z20" s="176">
         <v>-0.46763672711037713</v>
       </c>
       <c r="AA20" s="177">
         <v>0.35231826504052793</v>
       </c>
-      <c r="AD20" s="226">
+      <c r="AD20" s="221">
         <v>1.9999999999999998</v>
       </c>
-      <c r="AE20" s="227">
+      <c r="AE20" s="222">
         <v>2.4</v>
       </c>
-      <c r="AF20" s="227">
+      <c r="AF20" s="222">
         <v>-1.8000000000000009</v>
       </c>
-      <c r="AG20" s="228">
+      <c r="AG20" s="223">
         <v>-2.1999999999999997</v>
       </c>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B21" s="193">
         <v>-0.43906537714950966</v>
       </c>
       <c r="C21" s="194">
         <v>-0.41729700537914538</v>
       </c>
       <c r="D21" s="194">
         <v>-0.12944980860138147</v>
       </c>
       <c r="E21" s="194">
         <v>0.59818404323643315</v>
       </c>
       <c r="F21" s="194">
         <v>0.40824829046386285</v>
       </c>
       <c r="G21" s="195">
         <v>0.30304576336565686</v>
       </c>
       <c r="H21" s="73"/>
       <c r="J21" s="193">
         <v>-0.43906537714950983</v>
@@ -14862,60 +14971,60 @@
       </c>
       <c r="S21" s="194">
         <v>-0.12944980860138142</v>
       </c>
       <c r="T21" s="194">
         <v>0.59818404323642926</v>
       </c>
       <c r="U21" s="194">
         <v>0.40824829046386157</v>
       </c>
       <c r="V21" s="195">
         <v>0.30304576336566486</v>
       </c>
       <c r="X21" s="175">
         <v>-0.39170923774579069</v>
       </c>
       <c r="Y21" s="176">
         <v>0.43491168123944562</v>
       </c>
       <c r="Z21" s="176">
         <v>-0.60834740547117794</v>
       </c>
       <c r="AA21" s="177">
         <v>0.53603091034221306</v>
       </c>
-      <c r="AD21" s="226">
+      <c r="AD21" s="221">
         <v>-1.6000000000000008</v>
       </c>
-      <c r="AE21" s="227">
+      <c r="AE21" s="222">
         <v>-1.8000000000000012</v>
       </c>
-      <c r="AF21" s="227">
+      <c r="AF21" s="222">
         <v>1.4666666666666657</v>
       </c>
-      <c r="AG21" s="228">
+      <c r="AG21" s="223">
         <v>1.7333333333333334</v>
       </c>
     </row>
     <row r="22" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="193">
         <v>-0.40813706815168349</v>
       </c>
       <c r="C22" s="194">
         <v>0.64831301926304741</v>
       </c>
       <c r="D22" s="194">
         <v>-0.28794328563571814</v>
       </c>
       <c r="E22" s="194">
         <v>1.6463721413168361E-2</v>
       </c>
       <c r="F22" s="194">
         <v>0.40824829046386124</v>
       </c>
       <c r="G22" s="195">
         <v>-0.40406101782088666</v>
       </c>
       <c r="H22" s="73"/>
       <c r="J22" s="193">
         <v>-0.40813706815168355</v>
@@ -14944,60 +15053,60 @@
       </c>
       <c r="S22" s="194">
         <v>-0.28794328563571753</v>
       </c>
       <c r="T22" s="194">
         <v>1.6463721413165044E-2</v>
       </c>
       <c r="U22" s="194">
         <v>0.40824829046386474</v>
       </c>
       <c r="V22" s="195">
         <v>-0.40406101782088338</v>
       </c>
       <c r="X22" s="178">
         <v>-0.57347798615875223</v>
       </c>
       <c r="Y22" s="179">
         <v>-0.50123128333251121</v>
       </c>
       <c r="Z22" s="179">
         <v>0.434503390774794</v>
       </c>
       <c r="AA22" s="180">
         <v>0.48072549693720823</v>
       </c>
-      <c r="AD22" s="229">
+      <c r="AD22" s="224">
         <v>-2.5999999999999992</v>
       </c>
-      <c r="AE22" s="230">
+      <c r="AE22" s="225">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="AF22" s="230">
+      <c r="AF22" s="225">
         <v>1.7333333333333336</v>
       </c>
-      <c r="AG22" s="231">
+      <c r="AG22" s="226">
         <v>2.9666666666666668</v>
       </c>
     </row>
     <row r="23" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B23" s="193">
         <v>0.2801201303712551</v>
       </c>
       <c r="C23" s="194">
         <v>0.10338477847319628</v>
       </c>
       <c r="D23" s="194">
         <v>-0.4592541293309888</v>
       </c>
       <c r="E23" s="194">
         <v>-0.40732829436596008</v>
       </c>
       <c r="F23" s="194">
         <v>0.4082482904638699</v>
       </c>
       <c r="G23" s="195">
         <v>0.60609152673132682</v>
       </c>
       <c r="H23" s="73"/>
       <c r="J23" s="193">
         <v>0.2801201303712551</v>
@@ -15098,69 +15207,69 @@
       </c>
       <c r="U24" s="197">
         <v>0.40824829046386246</v>
       </c>
       <c r="V24" s="198">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B25" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B19)</f>
         <v>=SVD_U(B2:E7)</v>
       </c>
       <c r="J25" t="str">
         <f ca="1">_xlfn.FORMULATEXT(J19)</f>
         <v>=SVD_U(J2:M7)</v>
       </c>
       <c r="Q25" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Q19)</f>
         <v>=SVD_U(Q2:T7)</v>
       </c>
     </row>
     <row r="26" spans="1:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="27" spans="1:33" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B27" s="46" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="C27" s="45"/>
       <c r="D27" s="45"/>
       <c r="E27" s="44"/>
       <c r="J27" s="46" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="K27" s="45"/>
       <c r="L27" s="45"/>
       <c r="M27" s="44"/>
       <c r="Q27" s="46" t="s">
-        <v>216</v>
+        <v>237</v>
       </c>
       <c r="R27" s="45"/>
       <c r="S27" s="45"/>
       <c r="T27" s="44"/>
       <c r="X27" s="46" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="Y27" s="45"/>
       <c r="Z27" s="45"/>
       <c r="AA27" s="44"/>
     </row>
     <row r="28" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B28" s="187" cm="1">
         <f t="array" ref="B28:E31">[1]!SVD_V(B2:E7)</f>
         <v>0.51810244509785974</v>
       </c>
       <c r="C28" s="188">
         <v>0.38947147186111097</v>
       </c>
       <c r="D28" s="188">
         <v>0.47163134874515822</v>
       </c>
       <c r="E28" s="189">
         <v>-0.597867627381508</v>
       </c>
       <c r="J28" s="187" cm="1">
         <f t="array" ref="J28:M31">[1]!SVD_V(J2:M7)</f>
         <v>0.51810244509785974</v>
       </c>
       <c r="K28" s="188">
         <v>0.3894714718611107</v>
@@ -15347,75 +15456,75 @@
       <c r="AA31" s="180">
         <v>0.48072549693756028</v>
       </c>
     </row>
     <row r="32" spans="1:33" x14ac:dyDescent="0.25">
       <c r="B32" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B28)</f>
         <v>=SVD_V(B2:E7)</v>
       </c>
       <c r="J32" t="str">
         <f ca="1">_xlfn.FORMULATEXT(J28)</f>
         <v>=SVD_V(J2:M7)</v>
       </c>
       <c r="Q32" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Q28)</f>
         <v>=SVD_V(Q2:T7)</v>
       </c>
       <c r="X32" t="str">
         <f ca="1">_xlfn.FORMULATEXT(X28)</f>
         <v>=SVD_V(B12:E15)</v>
       </c>
     </row>
     <row r="33" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="2:33" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B34" s="85" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="C34" s="45"/>
       <c r="D34" s="45"/>
       <c r="E34" s="44"/>
       <c r="J34" s="85" t="s">
-        <v>208</v>
+        <v>240</v>
       </c>
       <c r="K34" s="45"/>
       <c r="L34" s="45"/>
       <c r="M34" s="44"/>
       <c r="Q34" s="85" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="R34" s="45"/>
       <c r="S34" s="45"/>
       <c r="T34" s="44"/>
       <c r="X34" s="85" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="Y34" s="45"/>
       <c r="Z34" s="45"/>
       <c r="AA34" s="44"/>
       <c r="AD34" s="92" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="AE34" s="45"/>
       <c r="AF34" s="45"/>
       <c r="AG34" s="44"/>
     </row>
     <row r="35" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="93" cm="1">
         <f t="array" ref="B35:E40">[1]!SVD_D(B2:E7)</f>
         <v>6.4864528468135498</v>
       </c>
       <c r="C35" s="50">
         <v>0</v>
       </c>
       <c r="D35" s="50">
         <v>0</v>
       </c>
       <c r="E35" s="49">
         <v>0</v>
       </c>
       <c r="F35" s="73">
         <f>B35^2</f>
         <v>42.074070533935604</v>
       </c>
       <c r="G35" s="97">
         <f>F35/5</f>
@@ -15479,276 +15588,276 @@
       <c r="AF35" s="156">
         <v>8.5424379898126374E-2</v>
       </c>
       <c r="AG35" s="157">
         <v>5.3495265085481504E-2</v>
       </c>
     </row>
     <row r="36" spans="2:33" x14ac:dyDescent="0.25">
       <c r="B36" s="48">
         <v>0</v>
       </c>
       <c r="C36" s="73">
         <v>1.8433659180458521</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36" s="47">
         <v>0</v>
       </c>
       <c r="F36" s="73">
         <f>C36^2</f>
         <v>3.3979979078130271</v>
       </c>
       <c r="G36" s="97">
-        <f t="shared" ref="G36:G38" si="7">F36/5</f>
+        <f t="shared" ref="G36:G38" si="15">F36/5</f>
         <v>0.67959958156260547</v>
       </c>
       <c r="H36" s="73"/>
       <c r="J36" s="48">
         <v>0</v>
       </c>
       <c r="K36" s="73">
         <v>0.36867318360917073</v>
       </c>
       <c r="L36">
         <v>0</v>
       </c>
       <c r="M36" s="47">
         <v>0</v>
       </c>
       <c r="N36" s="97">
         <f>(K36^2)*5</f>
         <v>0.67959958156260658</v>
       </c>
       <c r="Q36" s="48">
         <v>0</v>
       </c>
       <c r="R36" s="73">
         <v>0.8243783000313667</v>
       </c>
       <c r="S36">
         <v>0</v>
       </c>
       <c r="T36" s="47">
         <v>0</v>
       </c>
       <c r="U36" s="97">
         <f>R36^2</f>
         <v>0.67959958156260603</v>
       </c>
       <c r="X36" s="48">
         <v>0</v>
       </c>
       <c r="Y36" s="97">
         <v>0.67959958156260691</v>
       </c>
       <c r="Z36">
         <v>0</v>
       </c>
       <c r="AA36" s="47">
         <v>0</v>
       </c>
-      <c r="AC36" s="233" t="s">
+      <c r="AC36" s="228" t="s">
         <v>108</v>
       </c>
-      <c r="AD36" s="93">
+      <c r="AD36" s="264">
         <v>-0.51810244509786019</v>
       </c>
-      <c r="AE36" s="119">
+      <c r="AE36" s="265">
         <v>-0.38947147186111097</v>
       </c>
-      <c r="AF36" s="119">
+      <c r="AF36" s="265">
         <v>-0.47163134874514734</v>
       </c>
-      <c r="AG36" s="154">
+      <c r="AG36" s="266">
         <v>-0.59786762738151422</v>
       </c>
     </row>
     <row r="37" spans="2:33" x14ac:dyDescent="0.25">
       <c r="B37" s="48">
         <v>0</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37" s="73">
         <v>0.65354563688439671</v>
       </c>
       <c r="E37" s="47">
         <v>0</v>
       </c>
       <c r="F37" s="73">
         <f>D37^2</f>
         <v>0.42712189949063173</v>
       </c>
       <c r="G37" s="97">
-        <f t="shared" si="7"/>
+        <f t="shared" si="15"/>
         <v>8.5424379898126346E-2</v>
       </c>
       <c r="H37" s="73"/>
       <c r="J37" s="48">
         <v>0</v>
       </c>
       <c r="K37">
         <v>0</v>
       </c>
       <c r="L37" s="73">
         <v>0.13070912737687967</v>
       </c>
       <c r="M37" s="47">
         <v>0</v>
       </c>
       <c r="N37" s="97">
         <f>(L37^2)*5</f>
         <v>8.5424379898126776E-2</v>
       </c>
       <c r="Q37" s="48">
         <v>0</v>
       </c>
       <c r="R37">
         <v>0</v>
       </c>
       <c r="S37" s="73">
         <v>0.29227449409438133</v>
       </c>
       <c r="T37" s="47">
         <v>0</v>
       </c>
       <c r="U37" s="97">
         <f>S37^2</f>
         <v>8.5424379898126554E-2</v>
       </c>
       <c r="X37" s="48">
         <v>0</v>
       </c>
       <c r="Y37">
         <v>0</v>
       </c>
       <c r="Z37" s="97">
         <v>8.5424379898105515E-2</v>
       </c>
       <c r="AA37" s="47">
         <v>0</v>
       </c>
-      <c r="AC37" s="234" t="s">
-[...2 lines deleted...]
-      <c r="AD37" s="113">
+      <c r="AC37" s="229" t="s">
+        <v>166</v>
+      </c>
+      <c r="AD37" s="267">
         <v>-0.49925617556474239</v>
       </c>
-      <c r="AE37" s="73">
+      <c r="AE37" s="268">
         <v>0.63869476492034749</v>
       </c>
-      <c r="AF37" s="73">
+      <c r="AF37" s="268">
         <v>0.46763672711039106</v>
       </c>
-      <c r="AG37" s="108">
+      <c r="AG37" s="269">
         <v>-0.35231826504069658</v>
       </c>
     </row>
     <row r="38" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="53">
         <v>0</v>
       </c>
       <c r="C38" s="56">
         <v>0</v>
       </c>
       <c r="D38" s="56">
         <v>0</v>
       </c>
       <c r="E38" s="94">
         <v>0.51718113405982979</v>
       </c>
       <c r="F38" s="73">
         <f>E38^2</f>
         <v>0.26747632542741162</v>
       </c>
       <c r="G38" s="97">
-        <f t="shared" si="7"/>
+        <f t="shared" si="15"/>
         <v>5.3495265085482323E-2</v>
       </c>
       <c r="H38" s="73"/>
       <c r="J38" s="53">
         <v>0</v>
       </c>
       <c r="K38" s="56">
         <v>0</v>
       </c>
       <c r="L38" s="56">
         <v>0</v>
       </c>
       <c r="M38" s="94">
         <v>0.10343622681196588</v>
       </c>
       <c r="N38" s="97">
         <f>(M38^2)*5</f>
         <v>5.349526508548224E-2</v>
       </c>
       <c r="Q38" s="53">
         <v>0</v>
       </c>
       <c r="R38" s="56">
         <v>0</v>
       </c>
       <c r="S38" s="56">
         <v>0</v>
       </c>
       <c r="T38" s="94">
         <v>0.23129043448764147</v>
       </c>
       <c r="U38" s="97">
         <f>T38^2</f>
         <v>5.3495265085481969E-2</v>
       </c>
       <c r="X38" s="53">
         <v>0</v>
       </c>
       <c r="Y38" s="56">
         <v>0</v>
       </c>
       <c r="Z38" s="56">
         <v>0</v>
       </c>
       <c r="AA38" s="99">
         <v>5.3495265085456427E-2</v>
       </c>
-      <c r="AD38" s="113">
+      <c r="AD38" s="267">
         <v>0.39170923774579081</v>
       </c>
-      <c r="AE38" s="73">
+      <c r="AE38" s="268">
         <v>-0.43491168123945018</v>
       </c>
-      <c r="AF38" s="73">
+      <c r="AF38" s="268">
         <v>0.6083474054711977</v>
       </c>
-      <c r="AG38" s="108">
+      <c r="AG38" s="269">
         <v>-0.53603091034243477</v>
       </c>
     </row>
-    <row r="39" spans="2:33" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39">
         <v>0</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39" t="str">
         <f ca="1">_xlfn.FORMULATEXT(F35)</f>
         <v>=B35^2</v>
       </c>
       <c r="G39" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G35)</f>
         <v>=F35/5</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
       <c r="K39">
         <v>0</v>
@@ -15761,381 +15870,381 @@
       </c>
       <c r="N39" t="str">
         <f ca="1">_xlfn.FORMULATEXT(N35)</f>
         <v>=(J35^2)*5</v>
       </c>
       <c r="Q39">
         <v>0</v>
       </c>
       <c r="R39">
         <v>0</v>
       </c>
       <c r="S39">
         <v>0</v>
       </c>
       <c r="T39">
         <v>0</v>
       </c>
       <c r="U39" t="str">
         <f ca="1">_xlfn.FORMULATEXT(U35)</f>
         <v>=Q35^2</v>
       </c>
       <c r="X39" t="str">
         <f ca="1">_xlfn.FORMULATEXT(X35)</f>
         <v>=SVD_D(B12:E15)</v>
       </c>
-      <c r="AD39" s="113">
+      <c r="AD39" s="267">
         <v>0.57347798615875178</v>
       </c>
-      <c r="AE39" s="73">
+      <c r="AE39" s="268">
         <v>0.50123128333251243</v>
       </c>
-      <c r="AF39" s="73">
+      <c r="AF39" s="268">
         <v>-0.43450339077477551</v>
       </c>
-      <c r="AG39" s="108">
+      <c r="AG39" s="269">
         <v>-0.48072549693704936</v>
       </c>
     </row>
     <row r="40" spans="2:33" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
         <v>0</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="G40" s="185" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="H40" s="185"/>
       <c r="I40" s="186"/>
       <c r="J40">
         <v>0</v>
       </c>
       <c r="K40">
         <v>0</v>
       </c>
       <c r="L40">
         <v>0</v>
       </c>
       <c r="M40">
         <v>0</v>
       </c>
       <c r="N40" s="185" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="O40" s="186"/>
       <c r="P40" s="186"/>
       <c r="Q40">
         <v>0</v>
       </c>
       <c r="R40">
         <v>0</v>
       </c>
       <c r="S40">
         <v>0</v>
       </c>
       <c r="T40">
         <v>0</v>
       </c>
       <c r="U40" s="185" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="V40" s="186"/>
       <c r="AB40" s="185" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="AD40" s="113">
+        <v>201</v>
+      </c>
+      <c r="AD40" s="93">
         <v>-1.9669986558131636E-12</v>
       </c>
-      <c r="AE40" s="73">
+      <c r="AE40" s="119">
         <v>-4.6024369925868885E-16</v>
       </c>
-      <c r="AF40" s="73">
+      <c r="AF40" s="119">
         <v>-5.072098858881694E-18</v>
       </c>
-      <c r="AG40" s="108">
+      <c r="AG40" s="154">
         <v>1.0167183059207636E-16</v>
       </c>
     </row>
     <row r="41" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="AD41" s="114">
         <v>6.6613381477509392E-15</v>
       </c>
       <c r="AE41" s="181">
         <v>4.4408920985006262E-16</v>
       </c>
       <c r="AF41" s="181">
         <v>4.4408920985006262E-16</v>
       </c>
       <c r="AG41" s="94">
         <v>1.3322676295501878E-15</v>
       </c>
     </row>
     <row r="42" spans="2:33" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B42" s="46" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="C42" s="45"/>
       <c r="D42" s="45"/>
       <c r="E42" s="44"/>
       <c r="J42" s="46" t="s">
-        <v>220</v>
+        <v>241</v>
       </c>
       <c r="K42" s="45"/>
       <c r="L42" s="45"/>
       <c r="M42" s="44"/>
       <c r="Q42" s="46" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="R42" s="45"/>
       <c r="S42" s="45"/>
       <c r="T42" s="44"/>
       <c r="X42" s="51" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="Y42" s="50"/>
       <c r="Z42" s="50"/>
       <c r="AA42" s="49"/>
       <c r="AD42" t="str">
         <f ca="1">_xlfn.FORMULATEXT(AD35)</f>
         <v>=eigVECTSym(B12:E15)</v>
       </c>
     </row>
     <row r="43" spans="2:33" x14ac:dyDescent="0.25">
       <c r="B43" s="199" cm="1">
         <f t="array" ref="B43:E48">MMULT(B19:G24,MMULT(B35:E40,TRANSPOSE(B28:E31)))</f>
         <v>2.0000000000000009</v>
       </c>
       <c r="C43" s="200">
         <v>1.0000000000000044</v>
       </c>
       <c r="D43" s="200">
         <v>-1.3333333333333277</v>
       </c>
       <c r="E43" s="201">
         <v>-2.1666666666666683</v>
       </c>
       <c r="J43" s="172" cm="1">
         <f t="array" ref="J43:M48">MMULT(J19:O24,MMULT(J35:M40,TRANSPOSE(J28:M31)))</f>
         <v>0.39999999999999991</v>
       </c>
       <c r="K43" s="173">
         <v>0.1999999999999999</v>
       </c>
       <c r="L43" s="173">
         <v>-0.2666666666666665</v>
       </c>
       <c r="M43" s="174">
         <v>-0.43333333333333313</v>
       </c>
       <c r="Q43" s="208" cm="1">
         <f t="array" ref="Q43:T48">MMULT(Q19:V24,MMULT(Q35:T40,TRANSPOSE(Q28:T31)))</f>
         <v>0.89442719099991619</v>
       </c>
       <c r="R43" s="209">
         <v>0.44721359549995943</v>
       </c>
       <c r="S43" s="209">
         <v>-0.59628479399994183</v>
       </c>
       <c r="T43" s="210">
         <v>-0.96896279024990883</v>
       </c>
-      <c r="X43" s="223" cm="1">
+      <c r="X43" s="218" cm="1">
         <f t="array" ref="X43:AA46">MMULT(X19:AA22,MMULT(X35:AA38,TRANSPOSE(X28:AA31)))</f>
         <v>2.4000000000000177</v>
       </c>
-      <c r="Y43" s="224">
+      <c r="Y43" s="219">
         <v>1.9999999999999944</v>
       </c>
-      <c r="Z43" s="224">
+      <c r="Z43" s="219">
         <v>-1.6000000000000083</v>
       </c>
-      <c r="AA43" s="225">
+      <c r="AA43" s="220">
         <v>-2.5999999999999868</v>
       </c>
     </row>
     <row r="44" spans="2:33" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B44" s="202">
         <v>0.99999999999999789</v>
       </c>
       <c r="C44" s="203">
         <v>1.9999999999999989</v>
       </c>
       <c r="D44" s="203">
         <v>-1.333333333333337</v>
       </c>
       <c r="E44" s="204">
         <v>-1.1666666666666681</v>
       </c>
       <c r="J44" s="162">
         <v>0.19999999999999996</v>
       </c>
       <c r="K44" s="163">
         <v>0.39999999999999991</v>
       </c>
       <c r="L44" s="163">
         <v>-0.26666666666666677</v>
       </c>
       <c r="M44" s="164">
         <v>-0.2333333333333332</v>
       </c>
       <c r="Q44" s="211">
         <v>0.44721359549995704</v>
       </c>
       <c r="R44" s="212">
         <v>0.8944271909999143</v>
       </c>
       <c r="S44" s="212">
         <v>-0.59628479399994461</v>
       </c>
       <c r="T44" s="213">
         <v>-0.52174919474995118</v>
       </c>
-      <c r="X44" s="226">
+      <c r="X44" s="221">
         <v>1.9999999999999982</v>
       </c>
-      <c r="Y44" s="227">
+      <c r="Y44" s="222">
         <v>2.3999999999999924</v>
       </c>
-      <c r="Z44" s="227">
+      <c r="Z44" s="222">
         <v>-1.8000000000000136</v>
       </c>
-      <c r="AA44" s="228">
+      <c r="AA44" s="223">
         <v>-2.1999999999999984</v>
       </c>
-      <c r="AD44" s="232" t="s">
-        <v>203</v>
+      <c r="AD44" s="227" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="45" spans="2:33" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B45" s="202">
         <v>-2.0000000000000062</v>
       </c>
       <c r="C45" s="203">
         <v>-0.999999999999997</v>
       </c>
       <c r="D45" s="203">
         <v>0.66666666666666985</v>
       </c>
       <c r="E45" s="204">
         <v>1.8333333333333273</v>
       </c>
       <c r="J45" s="162">
         <v>-0.40000000000000024</v>
       </c>
       <c r="K45" s="163">
         <v>-0.2</v>
       </c>
       <c r="L45" s="163">
         <v>0.1333333333333333</v>
       </c>
       <c r="M45" s="164">
         <v>0.36666666666666647</v>
       </c>
       <c r="Q45" s="211">
         <v>-0.8944271909999173</v>
       </c>
       <c r="R45" s="212">
         <v>-0.44721359549995665</v>
       </c>
       <c r="S45" s="212">
         <v>0.29814239699997269</v>
       </c>
       <c r="T45" s="213">
         <v>0.81989159174992121</v>
       </c>
-      <c r="X45" s="226">
+      <c r="X45" s="221">
         <v>-1.6000000000000005</v>
       </c>
-      <c r="Y45" s="227">
+      <c r="Y45" s="222">
         <v>-1.8000000000000118</v>
       </c>
-      <c r="Z45" s="227">
+      <c r="Z45" s="222">
         <v>1.4666666666666468</v>
       </c>
-      <c r="AA45" s="228">
+      <c r="AA45" s="223">
         <v>1.7333333333333378</v>
       </c>
-      <c r="AD45" s="232" t="s">
-        <v>171</v>
+      <c r="AD45" s="227" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="46" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B46" s="202">
         <v>-1.0000000000000033</v>
       </c>
       <c r="C46" s="203">
         <v>-2.0000000000000022</v>
       </c>
       <c r="D46" s="203">
         <v>1.6666666666666632</v>
       </c>
       <c r="E46" s="204">
         <v>0.83333333333333171</v>
       </c>
       <c r="J46" s="162">
         <v>-0.19999999999999998</v>
       </c>
       <c r="K46" s="163">
         <v>-0.39999999999999997</v>
       </c>
       <c r="L46" s="163">
         <v>0.3333333333333332</v>
       </c>
       <c r="M46" s="164">
         <v>0.16666666666666669</v>
       </c>
       <c r="Q46" s="211">
         <v>-0.44721359549995826</v>
       </c>
       <c r="R46" s="212">
         <v>-0.89442719099991641</v>
       </c>
       <c r="S46" s="212">
         <v>0.74535599249992845</v>
       </c>
       <c r="T46" s="213">
         <v>0.37267799624996378</v>
       </c>
-      <c r="X46" s="229">
+      <c r="X46" s="224">
         <v>-2.5999999999999863</v>
       </c>
-      <c r="Y46" s="230">
+      <c r="Y46" s="225">
         <v>-2.2000000000000046</v>
       </c>
-      <c r="Z46" s="230">
+      <c r="Z46" s="225">
         <v>1.7333333333333285</v>
       </c>
-      <c r="AA46" s="231">
+      <c r="AA46" s="226">
         <v>2.9666666666666779</v>
       </c>
     </row>
     <row r="47" spans="2:33" x14ac:dyDescent="0.25">
       <c r="B47" s="202">
         <v>0.99999999999999822</v>
       </c>
       <c r="C47" s="203">
         <v>0.99999999999999367</v>
       </c>
       <c r="D47" s="203">
         <v>-0.33333333333334331</v>
       </c>
       <c r="E47" s="204">
         <v>-1.1666666666666667</v>
       </c>
       <c r="J47" s="162">
         <v>0.19999999999999987</v>
       </c>
       <c r="K47" s="163">
         <v>0.19999999999999968</v>
       </c>
       <c r="L47" s="163">
         <v>-6.6666666666666999E-2</v>
       </c>
@@ -16162,865 +16271,865 @@
     <row r="48" spans="2:33" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B48" s="205">
         <v>-0.99999999999999156</v>
       </c>
       <c r="C48" s="206">
         <v>-1.000000000000002</v>
       </c>
       <c r="D48" s="206">
         <v>0.66666666666666352</v>
       </c>
       <c r="E48" s="207">
         <v>1.8333333333333399</v>
       </c>
       <c r="J48" s="165">
         <v>-0.19999999999999873</v>
       </c>
       <c r="K48" s="166">
         <v>-0.1999999999999991</v>
       </c>
       <c r="L48" s="166">
         <v>0.13333333333333236</v>
       </c>
       <c r="M48" s="167">
         <v>0.36666666666666581</v>
       </c>
-      <c r="Q48" s="217">
+      <c r="Q48" s="214">
         <v>-0.44721359549995698</v>
       </c>
-      <c r="R48" s="218">
+      <c r="R48" s="215">
         <v>-0.44721359549996076</v>
       </c>
-      <c r="S48" s="218">
+      <c r="S48" s="215">
         <v>0.29814239699997247</v>
       </c>
-      <c r="T48" s="219">
+      <c r="T48" s="216">
         <v>0.81989159174992821</v>
       </c>
     </row>
     <row r="49" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B49" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B43)</f>
         <v>=MMULT(B19:G24,MMULT(B35:E40,TRANSPOSE(B28:E31)))</v>
       </c>
       <c r="J49" t="str">
         <f ca="1">_xlfn.FORMULATEXT(J43)</f>
         <v>=MMULT(J19:O24,MMULT(J35:M40,TRANSPOSE(J28:M31)))</v>
       </c>
       <c r="Q49" t="str">
         <f ca="1">_xlfn.FORMULATEXT(Q43)</f>
         <v>=MMULT(Q19:V24,MMULT(Q35:T40,TRANSPOSE(Q28:T31)))</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A767D55-FCD1-41A0-B622-A8C8DBA4922A}">
   <dimension ref="A1:O34"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="Q1" sqref="Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="5" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B1" s="46" t="str">
         <f>'EVD &amp; SVD'!B1</f>
         <v>Centred Xc</v>
       </c>
       <c r="C1" s="45"/>
       <c r="D1" s="45"/>
       <c r="E1" s="44"/>
       <c r="G1" s="46" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="45"/>
       <c r="K1" s="45"/>
       <c r="L1" s="44"/>
     </row>
     <row r="2" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B2" s="82">
         <f>'EVD &amp; SVD'!B2</f>
         <v>2</v>
       </c>
       <c r="C2" s="83">
         <f>'EVD &amp; SVD'!C2</f>
         <v>1</v>
       </c>
       <c r="D2" s="83">
         <f>'EVD &amp; SVD'!D2</f>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E2" s="84">
         <f>'EVD &amp; SVD'!E2</f>
         <v>-2.1666666666666665</v>
       </c>
       <c r="G2" s="93" cm="1">
         <f t="array" ref="G2:L7">[1]!SVD_U(B2:E7)</f>
         <v>0.5087951402776425</v>
       </c>
       <c r="H2" s="119">
         <v>0.35064500472136118</v>
       </c>
       <c r="I2" s="119">
         <v>0.52839742399999268</v>
       </c>
       <c r="J2" s="119">
         <v>0.40261768454038038</v>
       </c>
       <c r="K2" s="119">
         <v>0.40824829046386096</v>
       </c>
       <c r="L2" s="154">
         <v>0.1010152544552152</v>
       </c>
     </row>
     <row r="3" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B3" s="77">
         <f>'EVD &amp; SVD'!B3</f>
         <v>1</v>
       </c>
-      <c r="C3" s="245">
+      <c r="C3" s="1">
         <f>'EVD &amp; SVD'!C3</f>
         <v>2</v>
       </c>
-      <c r="D3" s="245">
+      <c r="D3" s="1">
         <f>'EVD &amp; SVD'!D3</f>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E3" s="78">
         <f>'EVD &amp; SVD'!E3</f>
         <v>-1.1666666666666665</v>
       </c>
       <c r="G3" s="113">
         <v>0.417478010610563</v>
       </c>
-      <c r="H3" s="246">
+      <c r="H3" s="73">
         <v>-0.47903156960484822</v>
       </c>
-      <c r="I3" s="246">
+      <c r="I3" s="73">
         <v>-0.2439506058745364</v>
       </c>
-      <c r="J3" s="246">
+      <c r="J3" s="73">
         <v>-5.2109139599796156E-2</v>
       </c>
-      <c r="K3" s="246">
+      <c r="K3" s="73">
         <v>0.40824829046385996</v>
       </c>
       <c r="L3" s="108">
         <v>-0.6060915267313286</v>
       </c>
     </row>
     <row r="4" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B4" s="77">
         <f>'EVD &amp; SVD'!B4</f>
         <v>-2</v>
       </c>
-      <c r="C4" s="245">
+      <c r="C4" s="1">
         <f>'EVD &amp; SVD'!C4</f>
         <v>-1</v>
       </c>
-      <c r="D4" s="245">
+      <c r="D4" s="1">
         <f>'EVD &amp; SVD'!D4</f>
         <v>0.66666666666666652</v>
       </c>
       <c r="E4" s="78">
         <f>'EVD &amp; SVD'!E4</f>
         <v>1.8333333333333335</v>
       </c>
       <c r="G4" s="113">
         <v>-0.43906537714950966</v>
       </c>
-      <c r="H4" s="246">
+      <c r="H4" s="73">
         <v>-0.41729700537914538</v>
       </c>
-      <c r="I4" s="246">
+      <c r="I4" s="73">
         <v>-0.12944980860138147</v>
       </c>
-      <c r="J4" s="246">
+      <c r="J4" s="73">
         <v>0.59818404323643315</v>
       </c>
-      <c r="K4" s="246">
+      <c r="K4" s="73">
         <v>0.40824829046386285</v>
       </c>
       <c r="L4" s="108">
         <v>0.30304576336565686</v>
       </c>
     </row>
     <row r="5" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B5" s="77">
         <f>'EVD &amp; SVD'!B5</f>
         <v>-1</v>
       </c>
-      <c r="C5" s="245">
+      <c r="C5" s="1">
         <f>'EVD &amp; SVD'!C5</f>
         <v>-2</v>
       </c>
-      <c r="D5" s="245">
+      <c r="D5" s="1">
         <f>'EVD &amp; SVD'!D5</f>
         <v>1.6666666666666665</v>
       </c>
       <c r="E5" s="78">
         <f>'EVD &amp; SVD'!E5</f>
         <v>0.83333333333333348</v>
       </c>
       <c r="G5" s="113">
         <v>-0.40813706815168349</v>
       </c>
-      <c r="H5" s="246">
+      <c r="H5" s="73">
         <v>0.64831301926304741</v>
       </c>
-      <c r="I5" s="246">
+      <c r="I5" s="73">
         <v>-0.28794328563571814</v>
       </c>
-      <c r="J5" s="246">
+      <c r="J5" s="73">
         <v>1.6463721413168361E-2</v>
       </c>
-      <c r="K5" s="246">
+      <c r="K5" s="73">
         <v>0.40824829046386124</v>
       </c>
       <c r="L5" s="108">
         <v>-0.40406101782088666</v>
       </c>
     </row>
     <row r="6" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B6" s="77">
         <f>'EVD &amp; SVD'!B6</f>
         <v>1</v>
       </c>
-      <c r="C6" s="245">
+      <c r="C6" s="1">
         <f>'EVD &amp; SVD'!C6</f>
         <v>1</v>
       </c>
-      <c r="D6" s="245">
+      <c r="D6" s="1">
         <f>'EVD &amp; SVD'!D6</f>
         <v>-0.33333333333333348</v>
       </c>
       <c r="E6" s="78">
         <f>'EVD &amp; SVD'!E6</f>
         <v>-1.1666666666666665</v>
       </c>
       <c r="G6" s="113">
         <v>0.2801201303712551</v>
       </c>
-      <c r="H6" s="246">
+      <c r="H6" s="73">
         <v>0.10338477847319628</v>
       </c>
-      <c r="I6" s="246">
+      <c r="I6" s="73">
         <v>-0.4592541293309888</v>
       </c>
-      <c r="J6" s="246">
+      <c r="J6" s="73">
         <v>-0.40732829436596008</v>
       </c>
-      <c r="K6" s="246">
+      <c r="K6" s="73">
         <v>0.4082482904638699</v>
       </c>
       <c r="L6" s="108">
         <v>0.60609152673132682</v>
       </c>
     </row>
     <row r="7" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="79">
         <f>'EVD &amp; SVD'!B7</f>
         <v>-1</v>
       </c>
       <c r="C7" s="69">
         <f>'EVD &amp; SVD'!C7</f>
         <v>-1</v>
       </c>
       <c r="D7" s="69">
         <f>'EVD &amp; SVD'!D7</f>
         <v>0.66666666666666652</v>
       </c>
       <c r="E7" s="80">
         <f>'EVD &amp; SVD'!E7</f>
         <v>1.8333333333333335</v>
       </c>
       <c r="G7" s="114">
         <v>-0.35919083595826706</v>
       </c>
       <c r="H7" s="181">
         <v>-0.20601422747361234</v>
       </c>
       <c r="I7" s="181">
         <v>0.59220040544263952</v>
       </c>
       <c r="J7" s="181">
         <v>-0.557828015224202</v>
       </c>
       <c r="K7" s="181">
         <v>0.40824829046386374</v>
       </c>
       <c r="L7" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B8" s="245"/>
-[...2 lines deleted...]
-      <c r="E8" s="245"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
       <c r="G8" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G2)</f>
         <v>=SVD_U(B2:E7)</v>
       </c>
     </row>
     <row r="9" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="10" spans="2:15" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B10" s="46" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="C10" s="45"/>
       <c r="D10" s="45"/>
       <c r="E10" s="44"/>
       <c r="G10" s="92" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="H10" s="45"/>
       <c r="I10" s="45"/>
       <c r="J10" s="44"/>
       <c r="L10" s="46" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="M10" s="45"/>
       <c r="N10" s="45"/>
       <c r="O10" s="44"/>
     </row>
     <row r="11" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B11" s="82" cm="1">
         <f t="array" ref="B11:E14">1/5*MMULT(TRANSPOSE(B2:E7),B2:E7)</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="C11" s="83">
         <v>2</v>
       </c>
       <c r="D11" s="83">
         <v>-1.6</v>
       </c>
       <c r="E11" s="84">
         <v>-2.6000000000000005</v>
       </c>
       <c r="G11" s="93" cm="1">
         <f t="array" ref="G11:J16">[1]!SVD_D(B2:E7)</f>
         <v>6.4864528468135498</v>
       </c>
       <c r="H11" s="50">
         <v>0</v>
       </c>
       <c r="I11" s="50">
         <v>0</v>
       </c>
       <c r="J11" s="49">
         <v>0</v>
       </c>
-      <c r="L11" s="261" cm="1">
+      <c r="L11" s="253" cm="1">
         <f t="array" ref="L11:O14">[1]!SVD_V(B2:E7)</f>
         <v>0.51810244509785974</v>
       </c>
-      <c r="M11" s="262">
+      <c r="M11" s="254">
         <v>0.38947147186111097</v>
       </c>
-      <c r="N11" s="262">
+      <c r="N11" s="254">
         <v>0.47163134874515822</v>
       </c>
-      <c r="O11" s="263">
+      <c r="O11" s="255">
         <v>-0.597867627381508</v>
       </c>
     </row>
     <row r="12" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B12" s="77">
         <v>2</v>
       </c>
-      <c r="C12" s="245">
+      <c r="C12" s="1">
         <v>2.4000000000000004</v>
       </c>
-      <c r="D12" s="245">
+      <c r="D12" s="1">
         <v>-1.7999999999999998</v>
       </c>
       <c r="E12" s="78">
         <v>-2.2000000000000002</v>
       </c>
       <c r="G12" s="48">
         <v>0</v>
       </c>
-      <c r="H12" s="246">
+      <c r="H12" s="73">
         <v>1.8433659180458521</v>
       </c>
-      <c r="I12" s="250">
+      <c r="I12">
         <v>0</v>
       </c>
       <c r="J12" s="47">
         <v>0</v>
       </c>
-      <c r="L12" s="264">
+      <c r="L12" s="256">
         <v>0.49925617556474217</v>
       </c>
-      <c r="M12" s="265">
+      <c r="M12" s="257">
         <v>-0.63869476492034749</v>
       </c>
-      <c r="N12" s="265">
+      <c r="N12" s="257">
         <v>-0.4676367271103839</v>
       </c>
-      <c r="O12" s="266">
+      <c r="O12" s="258">
         <v>-0.35231826504069796</v>
       </c>
     </row>
     <row r="13" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B13" s="77">
         <v>-1.6</v>
       </c>
-      <c r="C13" s="245">
+      <c r="C13" s="1">
         <v>-1.7999999999999998</v>
       </c>
-      <c r="D13" s="245">
+      <c r="D13" s="1">
         <v>1.466666666666667</v>
       </c>
       <c r="E13" s="78">
         <v>1.7333333333333336</v>
       </c>
       <c r="G13" s="48">
         <v>0</v>
       </c>
-      <c r="H13" s="250">
-[...2 lines deleted...]
-      <c r="I13" s="246">
+      <c r="H13">
+        <v>0</v>
+      </c>
+      <c r="I13" s="73">
         <v>0.65354563688439671</v>
       </c>
       <c r="J13" s="47">
         <v>0</v>
       </c>
-      <c r="L13" s="264">
+      <c r="L13" s="256">
         <v>-0.39170923774579064</v>
       </c>
-      <c r="M13" s="265">
+      <c r="M13" s="257">
         <v>0.43491168123945045</v>
       </c>
-      <c r="N13" s="265">
+      <c r="N13" s="257">
         <v>-0.60834740547118649</v>
       </c>
-      <c r="O13" s="266">
+      <c r="O13" s="258">
         <v>-0.53603091034243666</v>
       </c>
     </row>
     <row r="14" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="79">
         <v>-2.6000000000000005</v>
       </c>
       <c r="C14" s="69">
         <v>-2.2000000000000002</v>
       </c>
       <c r="D14" s="69">
         <v>1.7333333333333336</v>
       </c>
       <c r="E14" s="80">
         <v>2.9666666666666668</v>
       </c>
       <c r="G14" s="53">
         <v>0</v>
       </c>
       <c r="H14" s="56">
         <v>0</v>
       </c>
       <c r="I14" s="56">
         <v>0</v>
       </c>
       <c r="J14" s="94">
         <v>0.51718113405982979</v>
       </c>
-      <c r="L14" s="267">
+      <c r="L14" s="259">
         <v>-0.57347798615875223</v>
       </c>
-      <c r="M14" s="268">
+      <c r="M14" s="260">
         <v>-0.50123128333251288</v>
       </c>
-      <c r="N14" s="268">
+      <c r="N14" s="260">
         <v>0.43450339077478428</v>
       </c>
-      <c r="O14" s="269">
+      <c r="O14" s="261">
         <v>-0.48072549693704802</v>
       </c>
     </row>
     <row r="15" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B15" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B11)</f>
         <v>=1/5*MMULT(TRANSPOSE(B2:E7),B2:E7)</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
         <v>0</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="L15" t="str">
         <f ca="1">_xlfn.FORMULATEXT(L11)</f>
         <v>=SVD_V(B2:E7)</v>
       </c>
     </row>
     <row r="16" spans="2:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
         <v>0</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="46" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="C17" s="45"/>
       <c r="D17" s="45"/>
       <c r="E17" s="44"/>
       <c r="G17" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G11)</f>
         <v>=SVD_D(B2:E7)</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="96" t="s">
         <v>108</v>
       </c>
-      <c r="B18" s="247" cm="1">
+      <c r="B18" s="240" cm="1">
         <f t="array" ref="B18:E24">[1]!eigVECTSym(B11:E14)</f>
         <v>8.4148141067871158</v>
       </c>
-      <c r="C18" s="248">
+      <c r="C18" s="241">
         <v>0.67959958156260658</v>
       </c>
-      <c r="D18" s="248">
+      <c r="D18" s="241">
         <v>8.5424379898126374E-2</v>
       </c>
-      <c r="E18" s="249">
+      <c r="E18" s="242">
         <v>5.3495265085481504E-2</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="42" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="B19" s="261">
+        <v>166</v>
+      </c>
+      <c r="B19" s="253">
         <v>-0.51810244509786019</v>
       </c>
-      <c r="C19" s="262">
+      <c r="C19" s="254">
         <v>-0.38947147186111097</v>
       </c>
-      <c r="D19" s="262">
+      <c r="D19" s="254">
         <v>-0.47163134874514734</v>
       </c>
-      <c r="E19" s="263">
+      <c r="E19" s="255">
         <v>-0.59786762738151422</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B20" s="264">
+      <c r="B20" s="256">
         <v>-0.49925617556474239</v>
       </c>
-      <c r="C20" s="265">
+      <c r="C20" s="257">
         <v>0.63869476492034749</v>
       </c>
-      <c r="D20" s="265">
+      <c r="D20" s="257">
         <v>0.46763672711039106</v>
       </c>
-      <c r="E20" s="266">
+      <c r="E20" s="258">
         <v>-0.35231826504069658</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B21" s="264">
+      <c r="B21" s="256">
         <v>0.39170923774579081</v>
       </c>
-      <c r="C21" s="265">
+      <c r="C21" s="257">
         <v>-0.43491168123945018</v>
       </c>
-      <c r="D21" s="265">
+      <c r="D21" s="257">
         <v>0.6083474054711977</v>
       </c>
-      <c r="E21" s="266">
+      <c r="E21" s="258">
         <v>-0.53603091034243477</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="267">
+      <c r="B22" s="259">
         <v>0.57347798615875178</v>
       </c>
-      <c r="C22" s="268">
+      <c r="C22" s="260">
         <v>0.50123128333251243</v>
       </c>
-      <c r="D22" s="268">
+      <c r="D22" s="260">
         <v>-0.43450339077477551</v>
       </c>
-      <c r="E22" s="269">
+      <c r="E22" s="261">
         <v>-0.48072549693704936</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B23" s="73">
         <v>-1.9669986558131636E-12</v>
       </c>
       <c r="C23" s="73">
         <v>-4.6024369925868885E-16</v>
       </c>
       <c r="D23" s="73">
         <v>-5.072098858881694E-18</v>
       </c>
       <c r="E23" s="73">
         <v>1.0167183059207636E-16</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B24" s="73">
         <v>6.6613381477509392E-15</v>
       </c>
       <c r="C24" s="73">
         <v>4.4408920985006262E-16</v>
       </c>
       <c r="D24" s="73">
         <v>4.4408920985006262E-16</v>
       </c>
       <c r="E24" s="73">
         <v>1.3322676295501878E-15</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="B25" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B18)</f>
         <v>=eigVECTSym(B11:E14)</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="27" spans="1:12" ht="24.75" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B27" s="46" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="C27" s="45"/>
       <c r="D27" s="45"/>
       <c r="E27" s="44"/>
-      <c r="F27" s="260" t="s">
-        <v>145</v>
+      <c r="F27" s="252" t="s">
+        <v>138</v>
       </c>
       <c r="G27" s="46" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="H27" s="45"/>
       <c r="I27" s="45"/>
       <c r="J27" s="44"/>
       <c r="L27" s="2" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B28" s="251" cm="1">
+      <c r="B28" s="243" cm="1">
         <f t="array" ref="B28:E33">MMULT(B2:E7,B19:E22)</f>
         <v>-3.3002756860988129</v>
       </c>
-      <c r="C28" s="252">
+      <c r="C28" s="244">
         <v>-0.64636705103638437</v>
       </c>
-      <c r="D28" s="252">
+      <c r="D28" s="244">
         <v>-0.34533183099615372</v>
       </c>
-      <c r="E28" s="253">
+      <c r="E28" s="245">
         <v>0.20822627068312827</v>
       </c>
-      <c r="G28" s="251" cm="1">
+      <c r="G28" s="243" cm="1">
         <f t="array" ref="G28:J33">MMULT(G2:L7,G11:J16)</f>
         <v>3.3002756860988138</v>
       </c>
-      <c r="H28" s="252">
+      <c r="H28" s="244">
         <v>0.64636705103638414</v>
       </c>
-      <c r="I28" s="252">
+      <c r="I28" s="244">
         <v>0.34533183099614984</v>
       </c>
-      <c r="J28" s="253">
+      <c r="J28" s="245">
         <v>0.20822627068313673</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B29" s="254">
+      <c r="B29" s="246">
         <v>-2.7079514304069434</v>
       </c>
-      <c r="C29" s="255">
+      <c r="C29" s="247">
         <v>0.88303046907758664</v>
       </c>
-      <c r="D29" s="255">
+      <c r="D29" s="247">
         <v>0.15943285408460917</v>
       </c>
-      <c r="E29" s="256">
+      <c r="E29" s="248">
         <v>-2.6949863913103611E-2</v>
       </c>
-      <c r="G29" s="254">
+      <c r="G29" s="246">
         <v>2.7079514304069439</v>
       </c>
-      <c r="H29" s="255">
+      <c r="H29" s="247">
         <v>-0.88303046907758653</v>
       </c>
-      <c r="I29" s="255">
+      <c r="I29" s="247">
         <v>-0.15943285408460833</v>
       </c>
-      <c r="J29" s="256">
+      <c r="J29" s="248">
         <v>-2.6949863913104562E-2</v>
       </c>
       <c r="L29" s="2"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B30" s="254">
+      <c r="B30" s="246">
         <v>2.8479768655487017</v>
       </c>
-      <c r="C30" s="255">
+      <c r="C30" s="247">
         <v>0.76923107741851393</v>
       </c>
-      <c r="D30" s="255">
+      <c r="D30" s="247">
         <v>8.460135760694687E-2</v>
       </c>
-      <c r="E30" s="256">
+      <c r="E30" s="248">
         <v>0.30936950185751144</v>
       </c>
-      <c r="G30" s="254">
+      <c r="G30" s="246">
         <v>-2.8479768655487017</v>
       </c>
-      <c r="H30" s="255">
+      <c r="H30" s="247">
         <v>-0.76923107741851326</v>
       </c>
-      <c r="I30" s="255">
+      <c r="I30" s="247">
         <v>-8.4601357606953115E-2</v>
       </c>
-      <c r="J30" s="256">
+      <c r="J30" s="248">
         <v>0.30936950185751277</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B31" s="254">
+      <c r="B31" s="246">
         <v>2.6473618476026233</v>
       </c>
-      <c r="C31" s="255">
+      <c r="C31" s="247">
         <v>-1.1950781239349073</v>
       </c>
-      <c r="D31" s="255">
+      <c r="D31" s="247">
         <v>0.18818407799738157</v>
       </c>
-      <c r="E31" s="256">
+      <c r="E31" s="248">
         <v>8.5147261113083794E-3</v>
       </c>
-      <c r="G31" s="254">
+      <c r="G31" s="246">
         <v>-2.6473618476026233</v>
       </c>
-      <c r="H31" s="255">
+      <c r="H31" s="247">
         <v>1.1950781239349055</v>
       </c>
-      <c r="I31" s="255">
+      <c r="I31" s="247">
         <v>-0.18818407799738116</v>
       </c>
-      <c r="J31" s="256">
+      <c r="J31" s="248">
         <v>8.5147261113075173E-3</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B32" s="254">
+      <c r="B32" s="246">
         <v>-1.8169860170964101</v>
       </c>
-      <c r="C32" s="255">
+      <c r="C32" s="247">
         <v>-0.19057597708221108</v>
       </c>
-      <c r="D32" s="255">
+      <c r="D32" s="247">
         <v>0.30014353244541575</v>
       </c>
-      <c r="E32" s="256">
+      <c r="E32" s="248">
         <v>-0.21066250921484164</v>
       </c>
-      <c r="G32" s="254">
+      <c r="G32" s="246">
         <v>1.8169860170964105</v>
       </c>
-      <c r="H32" s="255">
+      <c r="H32" s="247">
         <v>0.19057597708221052</v>
       </c>
-      <c r="I32" s="255">
+      <c r="I32" s="247">
         <v>-0.3001435324454102</v>
       </c>
-      <c r="J32" s="256">
+      <c r="J32" s="248">
         <v>-0.21066250921484342</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="2:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B33" s="257">
+      <c r="B33" s="249">
         <v>2.3298744204508415</v>
       </c>
-      <c r="C33" s="258">
+      <c r="C33" s="250">
         <v>0.37975960555740296</v>
       </c>
-      <c r="D33" s="258">
+      <c r="D33" s="250">
         <v>-0.38702999113820052</v>
       </c>
-      <c r="E33" s="259">
+      <c r="E33" s="251">
         <v>-0.28849812552400278</v>
       </c>
-      <c r="G33" s="257">
+      <c r="G33" s="249">
         <v>-2.3298744204508401</v>
       </c>
-      <c r="H33" s="258">
+      <c r="H33" s="250">
         <v>-0.3797596055574024</v>
       </c>
-      <c r="I33" s="258">
+      <c r="I33" s="250">
         <v>0.3870299911382078</v>
       </c>
-      <c r="J33" s="259">
+      <c r="J33" s="251">
         <v>-0.28849812552399678</v>
       </c>
     </row>
     <row r="34" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B34" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B28)</f>
         <v>=MMULT(B2:E7,B19:E22)</v>
       </c>
       <c r="G34" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G28)</f>
         <v>=MMULT(G2:L7,G11:J16)</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B850878-B20D-4FC2-AB3E-BFFE053B620B}">
   <dimension ref="A1:J8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E3" sqref="E3"/>
     </sheetView>
@@ -17242,51 +17351,51 @@
       <c r="I2" s="19">
         <f t="shared" ref="I2:J2" si="0">(C2-AVERAGE(C$2:C$4))/_xlfn.STDEV.S(C$2:C$4)</f>
         <v>0.13245323570650441</v>
       </c>
       <c r="J2" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K2" t="str">
         <f ca="1">_xlfn.FORMULATEXT(H2)</f>
         <v>=(B2-AVERAGE(B$2:B$4))/STDEV.S(B$2:B$4)</v>
       </c>
       <c r="O2" s="26">
         <f t="shared" ref="O2:Q4" si="1">(B2-MIN(B$2:B$4))/(MAX(B$2:B$4)-MIN(B$2:B$4))</f>
         <v>0.5</v>
       </c>
       <c r="P2" s="40">
         <f t="shared" si="1"/>
         <v>0.6</v>
       </c>
       <c r="Q2" s="27">
         <f t="shared" si="1"/>
         <v>0.5</v>
       </c>
       <c r="V2" s="43" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="W2" s="73">
         <f>1/W1</f>
         <v>0.1111111111111111</v>
       </c>
       <c r="X2" t="str">
         <f ca="1">_xlfn.FORMULATEXT(W2)</f>
         <v>=1/W1</v>
       </c>
       <c r="AA2" s="43" t="s">
         <v>33</v>
       </c>
       <c r="AB2" s="73">
         <f>1/SQRT(AB1)</f>
         <v>0.33333333333333331</v>
       </c>
       <c r="AC2" t="str">
         <f ca="1">_xlfn.FORMULATEXT(AB2)</f>
         <v>=1/SQRT(AB1)</v>
       </c>
     </row>
     <row r="3" spans="1:29" x14ac:dyDescent="0.25">
       <c r="B3" s="12">
         <v>1</v>
       </c>
@@ -17303,62 +17412,62 @@
       <c r="H3" s="28">
         <f t="shared" ref="H3:H4" si="3">(B3-AVERAGE(B$2:B$4))/_xlfn.STDEV.S(B$2:B$4)</f>
         <v>-1</v>
       </c>
       <c r="I3" s="1">
         <f t="shared" ref="I3:I4" si="4">(C3-AVERAGE(C$2:C$4))/_xlfn.STDEV.S(C$2:C$4)</f>
         <v>-1.0596258856520349</v>
       </c>
       <c r="J3" s="29">
         <f t="shared" ref="J3:J4" si="5">(D3-AVERAGE(D$2:D$4))/_xlfn.STDEV.S(D$2:D$4)</f>
         <v>-1</v>
       </c>
       <c r="O3" s="28">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P3">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="Q3" s="29">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="V3" s="43" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="W3" s="73">
         <f>1/(W1-1)</f>
         <v>0.125</v>
       </c>
       <c r="X3" t="str">
         <f ca="1">_xlfn.FORMULATEXT(W3)</f>
         <v>=1/(W1-1)</v>
       </c>
       <c r="AA3" s="43" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="AB3" s="73">
         <f>1/SQRT(AB1-1)</f>
         <v>0.35355339059327373</v>
       </c>
       <c r="AC3" t="str">
         <f ca="1">_xlfn.FORMULATEXT(AB3)</f>
         <v>=1/SQRT(AB1-1)</v>
       </c>
     </row>
     <row r="4" spans="1:29" x14ac:dyDescent="0.25">
       <c r="B4" s="15">
         <v>3</v>
       </c>
       <c r="C4" s="16">
         <v>5</v>
       </c>
       <c r="D4" s="17">
         <v>6</v>
       </c>
       <c r="E4" s="1">
         <f t="shared" si="2"/>
         <v>8.3666002653407556</v>
       </c>
       <c r="H4" s="30">
@@ -17401,54 +17510,54 @@
       <c r="D5" s="1">
         <f t="shared" si="6"/>
         <v>7.4833147735478827</v>
       </c>
       <c r="H5">
         <f>AVERAGE(H2:H4)</f>
         <v>0</v>
       </c>
       <c r="I5">
         <f t="shared" ref="I5:J5" si="7">AVERAGE(I2:I4)</f>
         <v>0</v>
       </c>
       <c r="J5">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K5" t="str">
         <f ca="1">_xlfn.FORMULATEXT(H5)</f>
         <v>=AVERAGE(H2:H4)</v>
       </c>
       <c r="O5" t="str">
         <f ca="1">_xlfn.FORMULATEXT(O2)</f>
         <v>=(B2-MIN(B$2:B$4))/(MAX(B$2:B$4)-MIN(B$2:B$4))</v>
       </c>
       <c r="V5" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="AA5" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
     </row>
     <row r="6" spans="1:29" x14ac:dyDescent="0.25">
       <c r="B6" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B5)</f>
         <v>=SQRT(SUMSQ(B2:B4))</v>
       </c>
       <c r="H6">
         <f>_xlfn.STDEV.S(H2:H4)</f>
         <v>1</v>
       </c>
       <c r="I6">
         <f t="shared" ref="I6:J6" si="8">_xlfn.STDEV.S(I2:I4)</f>
         <v>0.99999999999999989</v>
       </c>
       <c r="J6">
         <f t="shared" si="8"/>
         <v>1</v>
       </c>
       <c r="K6" t="str">
         <f ca="1">_xlfn.FORMULATEXT(H6)</f>
         <v>=STDEV.S(H2:H4)</v>
       </c>
       <c r="V6" s="18">
         <f>B2*$W$2</f>
@@ -17647,54 +17756,54 @@
       <c r="C11" s="41">
         <f t="shared" si="16"/>
         <v>2.3333333333333335</v>
       </c>
       <c r="D11" s="31">
         <f t="shared" si="16"/>
         <v>2</v>
       </c>
       <c r="H11" s="23">
         <f t="shared" si="14"/>
         <v>0.80178372573727319</v>
       </c>
       <c r="I11" s="24">
         <f t="shared" si="14"/>
         <v>0.8574929257125441</v>
       </c>
       <c r="J11" s="25">
         <f t="shared" si="14"/>
         <v>0.80178372573727319</v>
       </c>
       <c r="O11" t="str">
         <f ca="1">_xlfn.FORMULATEXT(O8)</f>
         <v>=(B2-MIN($B2:$D2))/(MAX($B2:$D2)-MIN($B2:$D2))</v>
       </c>
       <c r="V11" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="AA11" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="12" spans="1:29" x14ac:dyDescent="0.25">
       <c r="B12">
         <f>AVERAGE(B9:B11)</f>
         <v>0</v>
       </c>
       <c r="C12">
         <f t="shared" ref="C12:D12" si="17">AVERAGE(C9:C11)</f>
         <v>0</v>
       </c>
       <c r="D12">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="H12" t="str">
         <f ca="1">_xlfn.FORMULATEXT(H9)</f>
         <v>=B2/B$5</v>
       </c>
       <c r="V12" s="18">
         <f>B2*$W$3</f>
         <v>0.25</v>
       </c>
       <c r="W12" s="19">
         <f t="shared" ref="W12:X14" si="18">C2*$W$3</f>
@@ -18148,101 +18257,101 @@
       </c>
     </row>
     <row r="4" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A4" s="149" t="s">
         <v>94</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>4</v>
       </c>
       <c r="E4" s="47">
         <v>5</v>
       </c>
       <c r="F4" s="42" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>6</v>
       </c>
       <c r="H4" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="J4" t="s">
         <v>104</v>
       </c>
       <c r="K4" s="1">
         <v>1.67</v>
       </c>
       <c r="L4" s="1">
         <f>VARP($C$12:$C$17)</f>
         <v>2</v>
       </c>
       <c r="M4" s="1">
         <f>L5</f>
         <v>-1.5</v>
       </c>
       <c r="N4" s="1">
         <f>L6</f>
         <v>-1.67</v>
       </c>
       <c r="P4" s="77">
         <v>-8</v>
       </c>
       <c r="Q4" s="1">
         <v>-8.9999999999999982</v>
       </c>
       <c r="R4" s="1">
         <v>7.3333333333333348</v>
       </c>
       <c r="S4" s="78">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="149" t="s">
         <v>95</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>5</v>
       </c>
       <c r="E5" s="47">
         <v>4</v>
       </c>
       <c r="F5" s="42" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="G5" s="71">
         <f>G4-1</f>
         <v>5</v>
       </c>
       <c r="J5" t="s">
         <v>105</v>
       </c>
       <c r="K5" s="1">
         <v>-1.33</v>
       </c>
       <c r="L5" s="1">
         <v>-1.5</v>
       </c>
       <c r="M5" s="1">
         <f>VARP($D$12:$D$17)</f>
         <v>1.2222222222222223</v>
       </c>
       <c r="N5" s="1">
         <f>M6</f>
         <v>1.33</v>
       </c>
       <c r="P5" s="79">
         <v>-12</v>
       </c>
@@ -18251,51 +18360,51 @@
       </c>
       <c r="R5" s="69">
         <v>8</v>
       </c>
       <c r="S5" s="80">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="149" t="s">
         <v>96</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
       <c r="E6" s="47">
         <v>2</v>
       </c>
       <c r="F6" s="96" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="G6" s="73">
         <f>1/G5</f>
         <v>0.2</v>
       </c>
       <c r="H6" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G6)</f>
         <v>=1/G5</v>
       </c>
       <c r="J6" s="56" t="s">
         <v>106</v>
       </c>
       <c r="K6" s="69">
         <v>-2</v>
       </c>
       <c r="L6" s="69">
         <v>-1.67</v>
       </c>
       <c r="M6" s="69">
         <v>1.33</v>
       </c>
       <c r="N6" s="69">
         <f>VARP($E$12:$E$17)</f>
         <v>2</v>
       </c>
@@ -18320,58 +18429,58 @@
       <c r="E7" s="52">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:24" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="53" t="s">
         <v>98</v>
       </c>
       <c r="B8" s="69">
         <f>AVERAGE(B2:B7)</f>
         <v>3</v>
       </c>
       <c r="C8" s="69">
         <f t="shared" ref="C8:E8" si="0">AVERAGE(C2:C7)</f>
         <v>3</v>
       </c>
       <c r="D8" s="69">
         <f t="shared" si="0"/>
         <v>3.3333333333333335</v>
       </c>
       <c r="E8" s="80">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="J8" s="46" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="K8" s="45"/>
       <c r="L8" s="45"/>
       <c r="M8" s="45"/>
       <c r="N8" s="44"/>
       <c r="P8" s="46" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="Q8" s="45" t="s">
         <v>102</v>
       </c>
       <c r="R8" s="45"/>
       <c r="S8" s="44"/>
     </row>
     <row r="9" spans="1:24" x14ac:dyDescent="0.25">
       <c r="B9" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B8)</f>
         <v>=AVERAGE(B2:B7)</v>
       </c>
       <c r="J9" s="82">
         <f>_xlfn.VAR.P($B$12:$B$17,B12:B17)</f>
         <v>2</v>
       </c>
       <c r="K9" s="83" t="str">
         <f ca="1">_xlfn.FORMULATEXT(J9)</f>
         <v>=VAR.P($B$12:$B$17,B12:B17)</v>
       </c>
       <c r="L9" s="83"/>
       <c r="M9" s="83"/>
       <c r="N9" s="49"/>
       <c r="P9" s="82" cm="1">
         <f t="array" ref="P9:S12">G6*P2:S5</f>
@@ -18552,63 +18661,63 @@
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
     </row>
     <row r="15" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="48"/>
       <c r="B15" s="1">
         <f t="shared" si="1"/>
         <v>-1</v>
       </c>
       <c r="C15" s="1">
         <f t="shared" si="1"/>
         <v>-2</v>
       </c>
       <c r="D15" s="1">
         <f t="shared" si="1"/>
         <v>1.6666666666666665</v>
       </c>
       <c r="E15" s="78">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="J15" s="46" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="K15" s="45"/>
       <c r="L15" s="45"/>
       <c r="M15" s="44"/>
       <c r="P15" s="81" t="s">
         <v>107</v>
       </c>
       <c r="Q15" s="86"/>
       <c r="R15" s="86"/>
       <c r="S15" s="87"/>
       <c r="U15" s="46" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="V15" s="45"/>
       <c r="W15" s="45"/>
       <c r="X15" s="44"/>
     </row>
     <row r="16" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A16" s="48"/>
       <c r="B16" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="C16" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="D16" s="1">
         <f t="shared" si="1"/>
         <v>-0.33333333333333348</v>
       </c>
       <c r="E16" s="78">
         <f t="shared" si="1"/>
         <v>-1</v>
       </c>
       <c r="J16" s="82">
         <f>_xlfn.COVARIANCE.S($B$12:$B$17,B12:B17)</f>
@@ -18800,57 +18909,57 @@
         <f ca="1">_xlfn.FORMULATEXT(P16)</f>
         <v>=G6*(MMULT(TRANSPOSE(B12:E17),B12:E17))</v>
       </c>
       <c r="Q20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(U16)</f>
         <v>=MINVERSE(J23:M26)</v>
       </c>
       <c r="V20" s="1"/>
     </row>
     <row r="21" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
     </row>
     <row r="22" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="67"/>
       <c r="J22" s="81" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="K22" s="45"/>
       <c r="L22" s="45"/>
       <c r="M22" s="44"/>
       <c r="P22" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
     </row>
     <row r="23" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="J23" s="82">
         <f>SUMPRODUCT($B$12:$B$17,B$12:B$17)/(COUNT(B$12:B$17)-1)</f>
         <v>2.4</v>
       </c>
       <c r="K23" s="83">
         <f>SUMPRODUCT(B$12:B$17,C$12:C$17)/(COUNT(C$12:C$17)-1)</f>
         <v>2</v>
       </c>
       <c r="L23" s="83">
         <f>SUMPRODUCT(B$12:B$17,D$12:D$17)/(COUNT(D$12:D$17)-1)</f>
         <v>-1.6</v>
       </c>
       <c r="M23" s="84">
         <f>SUMPRODUCT(B$12:B$17,E$12:E$17)/(COUNT(E$12:E$17)-1)</f>
         <v>-2.4</v>
@@ -19259,51 +19368,51 @@
       <c r="E7" s="52">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="46" t="s">
         <v>98</v>
       </c>
       <c r="B8" s="86">
         <f>AVERAGE(B2:B7)</f>
         <v>3</v>
       </c>
       <c r="C8" s="86">
         <f t="shared" ref="C8:E8" si="0">AVERAGE(C2:C7)</f>
         <v>3</v>
       </c>
       <c r="D8" s="86">
         <f t="shared" si="0"/>
         <v>3.3333333333333335</v>
       </c>
       <c r="E8" s="87">
         <f t="shared" si="0"/>
         <v>3.1666666666666665</v>
       </c>
       <c r="G8" s="46" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="H8" s="45" t="s">
         <v>102</v>
       </c>
       <c r="I8" s="45"/>
       <c r="J8" s="44"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.25">
       <c r="B9" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B8)</f>
         <v>=AVERAGE(B2:B7)</v>
       </c>
       <c r="G9" s="82" cm="1">
         <f t="array" ref="G9:J12">1/5*G2:J5</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="H9" s="83">
         <v>2</v>
       </c>
       <c r="I9" s="83">
         <v>-1.6</v>
       </c>
       <c r="J9" s="84">
         <v>-2.6000000000000005</v>
       </c>
@@ -19430,51 +19539,51 @@
     <row r="15" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="48"/>
       <c r="B15" s="1">
         <f t="shared" si="1"/>
         <v>-1</v>
       </c>
       <c r="C15" s="1">
         <f t="shared" si="1"/>
         <v>-2</v>
       </c>
       <c r="D15" s="1">
         <f t="shared" si="1"/>
         <v>1.6666666666666665</v>
       </c>
       <c r="E15" s="78">
         <f t="shared" si="1"/>
         <v>0.83333333333333348</v>
       </c>
       <c r="G15" s="81" t="s">
         <v>107</v>
       </c>
       <c r="H15" s="86"/>
       <c r="I15" s="86"/>
       <c r="J15" s="87"/>
       <c r="L15" s="46" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="M15" s="45"/>
       <c r="N15" s="45"/>
       <c r="O15" s="44"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" s="48"/>
       <c r="B16" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="C16" s="1">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="D16" s="1">
         <f t="shared" si="1"/>
         <v>-0.33333333333333348</v>
       </c>
       <c r="E16" s="78">
         <f t="shared" si="1"/>
         <v>-1.1666666666666665</v>
       </c>
       <c r="G16" s="95" cm="1">
         <f t="array" ref="G16:J19">1/5*(MMULT(TRANSPOSE(B12:E17),B12:E17))</f>
@@ -19630,51 +19739,51 @@
       </c>
       <c r="H20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(L16)</f>
         <v>=MINVERSE(G16:J19)</v>
       </c>
       <c r="M20" s="1"/>
     </row>
     <row r="21" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
     </row>
     <row r="22" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="G22" s="46" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="H22" s="44"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
     </row>
     <row r="23" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="G23" s="64">
         <f>MDETERM(G16:J19)</f>
         <v>2.6133333333333422E-2</v>
       </c>
       <c r="H23" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G23)</f>
         <v>=MDETERM(G16:J19)</v>
       </c>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="R23" s="1"/>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.25">
@@ -19786,51 +19895,51 @@
       <c r="D1" s="45" t="s">
         <v>85</v>
       </c>
       <c r="E1" s="44" t="s">
         <v>86</v>
       </c>
       <c r="F1" s="42" t="s">
         <v>87</v>
       </c>
       <c r="G1" s="66">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>88</v>
       </c>
       <c r="K1" t="s">
         <v>99</v>
       </c>
       <c r="P1" s="46" t="s">
         <v>101</v>
       </c>
       <c r="Q1" s="45"/>
       <c r="R1" s="45"/>
       <c r="S1" s="44"/>
       <c r="U1" s="46" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="V1" s="45"/>
       <c r="W1" s="45"/>
       <c r="X1" s="44"/>
     </row>
     <row r="2" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A2" s="148" t="s">
         <v>89</v>
       </c>
       <c r="B2" s="50">
         <v>5</v>
       </c>
       <c r="C2" s="50">
         <v>4</v>
       </c>
       <c r="D2" s="50">
         <v>2</v>
       </c>
       <c r="E2" s="49">
         <v>1</v>
       </c>
       <c r="F2" s="42" t="s">
         <v>90</v>
       </c>
       <c r="G2" s="66">
@@ -19938,51 +20047,51 @@
       </c>
     </row>
     <row r="4" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A4" s="149" t="s">
         <v>94</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
         <v>4</v>
       </c>
       <c r="E4" s="47">
         <v>5</v>
       </c>
       <c r="F4" s="42" t="s">
         <v>32</v>
       </c>
       <c r="G4">
         <v>6</v>
       </c>
       <c r="H4" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="J4" t="s">
         <v>104</v>
       </c>
       <c r="K4" s="1">
         <v>0.33333333333333331</v>
       </c>
       <c r="L4" s="1">
         <f>VARP('Covar cent+scaled'!$C$12:$C$17)</f>
         <v>2</v>
       </c>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="P4" s="77">
         <v>-8</v>
       </c>
       <c r="Q4" s="1">
         <v>-8.9999999999999982</v>
       </c>
       <c r="R4" s="1">
         <v>7.3333333333333348</v>
       </c>
       <c r="S4" s="78">
         <v>8.6666666666666679</v>
       </c>
@@ -19994,51 +20103,51 @@
       </c>
       <c r="W4" s="1">
         <v>1.4666666666666672</v>
       </c>
       <c r="X4" s="78">
         <v>1.7333333333333334</v>
       </c>
     </row>
     <row r="5" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="149" t="s">
         <v>95</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>5</v>
       </c>
       <c r="E5" s="47">
         <v>4</v>
       </c>
       <c r="F5" s="42" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="G5" s="71">
         <f>G4-1</f>
         <v>5</v>
       </c>
       <c r="J5" t="s">
         <v>105</v>
       </c>
       <c r="K5" s="1">
         <v>-0.26666666666666661</v>
       </c>
       <c r="L5" s="1">
         <v>-0.29999999999999993</v>
       </c>
       <c r="M5" s="1">
         <f>VARP('Covar cent+scaled'!$D$12:$D$17)</f>
         <v>1.2222222222222223</v>
       </c>
       <c r="N5" s="1"/>
       <c r="P5" s="79">
         <v>-13.000000000000002</v>
       </c>
       <c r="Q5" s="69">
         <v>-11</v>
       </c>
@@ -20056,51 +20165,51 @@
       </c>
       <c r="W5" s="69">
         <v>1.7333333333333334</v>
       </c>
       <c r="X5" s="80">
         <v>2.9666666666666668</v>
       </c>
     </row>
     <row r="6" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="149" t="s">
         <v>96</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6">
         <v>3</v>
       </c>
       <c r="E6" s="47">
         <v>2</v>
       </c>
       <c r="F6" s="96" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="G6" s="73">
         <f>1/G5</f>
         <v>0.2</v>
       </c>
       <c r="H6" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G6)</f>
         <v>=1/G5</v>
       </c>
       <c r="J6" s="56" t="s">
         <v>106</v>
       </c>
       <c r="K6" s="69">
         <v>-0.39999999999999997</v>
       </c>
       <c r="L6" s="69">
         <v>-0.33333333333333331</v>
       </c>
       <c r="M6" s="69">
         <v>0.26666666666666661</v>
       </c>
       <c r="N6" s="69">
         <f>VARP('Covar cent+scaled'!$E$12:$E$17)</f>
         <v>2.4722222222222223</v>
       </c>
@@ -20129,119 +20238,119 @@
       <c r="E7" s="52">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:24" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="46" t="s">
         <v>98</v>
       </c>
       <c r="B8" s="86">
         <f>AVERAGE(B2:B7)</f>
         <v>3</v>
       </c>
       <c r="C8" s="86">
         <f t="shared" ref="C8:E8" si="0">AVERAGE(C2:C7)</f>
         <v>3</v>
       </c>
       <c r="D8" s="86">
         <f t="shared" si="0"/>
         <v>3.3333333333333335</v>
       </c>
       <c r="E8" s="87">
         <f t="shared" si="0"/>
         <v>3.1666666666666665</v>
       </c>
       <c r="K8" s="46" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="L8" s="45"/>
       <c r="M8" s="45"/>
       <c r="N8" s="44"/>
       <c r="P8" s="46" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="Q8" s="45"/>
       <c r="R8" s="45"/>
       <c r="S8" s="44"/>
     </row>
     <row r="9" spans="1:24" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B9" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B8)</f>
         <v>=AVERAGE(B2:B7)</v>
       </c>
       <c r="K9" s="82">
         <f>_xlfn.VAR.P($B$12:$B$17,B12:B17)</f>
         <v>2</v>
       </c>
       <c r="L9" s="83" t="str">
         <f ca="1">_xlfn.FORMULATEXT(K9)</f>
         <v>=VAR.P($B$12:$B$17,B12:B17)</v>
       </c>
       <c r="M9" s="83"/>
       <c r="N9" s="84"/>
       <c r="P9" s="82" cm="1">
         <f t="array" ref="P9:S12">$G$6*P2:S5</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="Q9" s="83">
         <v>2</v>
       </c>
       <c r="R9" s="83">
         <v>-1.6</v>
       </c>
       <c r="S9" s="84">
         <v>-2.6000000000000005</v>
       </c>
       <c r="T9" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
     </row>
     <row r="10" spans="1:24" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="K10" s="77">
         <f>_xlfn.COVARIANCE.P($B$12:$B$17,C12:C17)</f>
         <v>1.6666666666666667</v>
       </c>
       <c r="L10" s="1">
         <f>_xlfn.VAR.P($C$12:$C$17,C12:C17)</f>
         <v>2</v>
       </c>
       <c r="M10" s="1"/>
       <c r="N10" s="78"/>
       <c r="P10" s="77">
         <v>2</v>
       </c>
       <c r="Q10" s="1">
         <v>2.4000000000000004</v>
       </c>
       <c r="R10" s="1">
         <v>-1.7999999999999998</v>
       </c>
       <c r="S10" s="78">
         <v>-2.2000000000000002</v>
       </c>
       <c r="W10" s="75" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
     </row>
     <row r="11" spans="1:24" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="46" t="s">
         <v>100</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="44"/>
       <c r="K11" s="77">
         <f>_xlfn.COVARIANCE.P($B$12:$B$17,D12:D17)</f>
         <v>-1.3333333333333333</v>
       </c>
       <c r="L11" s="1">
         <f>_xlfn.COVARIANCE.P($C$12:$C$17,D12:D17)</f>
         <v>-1.5</v>
       </c>
       <c r="M11" s="1">
         <f>_xlfn.VAR.P($D$12:$D$17,D12:D17)</f>
         <v>1.2222222222222223</v>
       </c>
       <c r="N11" s="78"/>
       <c r="P11" s="77">
         <v>-1.6</v>
@@ -20357,63 +20466,63 @@
       </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
     </row>
     <row r="15" spans="1:24" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="48"/>
       <c r="B15" s="1">
         <f t="shared" si="2"/>
         <v>-1</v>
       </c>
       <c r="C15" s="1">
         <f t="shared" si="2"/>
         <v>-2</v>
       </c>
       <c r="D15" s="1">
         <f t="shared" si="2"/>
         <v>1.6666666666666665</v>
       </c>
       <c r="E15" s="78">
         <f t="shared" si="2"/>
         <v>0.83333333333333348</v>
       </c>
       <c r="K15" s="46" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="L15" s="45"/>
       <c r="M15" s="45"/>
       <c r="N15" s="44"/>
       <c r="P15" s="81" t="s">
         <v>107</v>
       </c>
       <c r="Q15" s="86"/>
       <c r="R15" s="86"/>
       <c r="S15" s="87"/>
       <c r="U15" s="46" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="V15" s="45"/>
       <c r="W15" s="45"/>
       <c r="X15" s="44"/>
     </row>
     <row r="16" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A16" s="48"/>
       <c r="B16" s="1">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="C16" s="1">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="D16" s="1">
         <f t="shared" si="2"/>
         <v>-0.33333333333333348</v>
       </c>
       <c r="E16" s="78">
         <f t="shared" si="2"/>
         <v>-1.1666666666666665</v>
       </c>
       <c r="K16" s="82">
         <f>_xlfn.COVARIANCE.S($B$12:$B$17,B12:B17)</f>
@@ -20624,91 +20733,91 @@
       </c>
       <c r="X19" s="80">
         <v>6.9387755102041533</v>
       </c>
     </row>
     <row r="20" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="K20" t="str">
         <f ca="1">_xlfn.FORMULATEXT(K16)</f>
         <v>=COVARIANCE.S($B$12:$B$17,B12:B17)</v>
       </c>
       <c r="P20" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(P16)</f>
         <v>=$G$6*(MMULT(TRANSPOSE(B12:E17),B12:E17))</v>
       </c>
       <c r="Q20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(U16)</f>
         <v>=MINVERSE(K23:N26)</v>
       </c>
       <c r="V20" s="1"/>
     </row>
     <row r="21" spans="1:27" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="46" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B21" s="45"/>
       <c r="C21" s="45"/>
       <c r="D21" s="45"/>
       <c r="E21" s="44"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
     </row>
     <row r="22" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="51"/>
       <c r="B22" s="83">
         <f>$G$6*B12</f>
         <v>0.4</v>
       </c>
       <c r="C22" s="83">
         <f t="shared" ref="C22:E22" si="4">$G$6*C12</f>
         <v>0.2</v>
       </c>
       <c r="D22" s="83">
         <f t="shared" si="4"/>
         <v>-0.26666666666666672</v>
       </c>
       <c r="E22" s="84">
         <f t="shared" si="4"/>
         <v>-0.43333333333333335</v>
       </c>
       <c r="F22" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B22)</f>
         <v>=$G$6*B12</v>
       </c>
       <c r="G22" s="67"/>
       <c r="K22" s="81" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="L22" s="45"/>
       <c r="M22" s="45"/>
       <c r="N22" s="44"/>
       <c r="P22" s="46" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="Q22" s="44"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
     </row>
     <row r="23" spans="1:27" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="48"/>
       <c r="B23" s="1">
         <f t="shared" ref="B23:E23" si="5">$G$6*B13</f>
         <v>0.2</v>
       </c>
       <c r="C23" s="1">
         <f t="shared" si="5"/>
         <v>0.4</v>
       </c>
       <c r="D23" s="1">
         <f t="shared" si="5"/>
         <v>-0.26666666666666672</v>
       </c>
       <c r="E23" s="78">
         <f t="shared" si="5"/>
         <v>-0.23333333333333331</v>
       </c>
       <c r="K23" s="1">
@@ -21007,70 +21116,70 @@
     <row r="45" spans="10:19" x14ac:dyDescent="0.25">
       <c r="N45" s="1"/>
     </row>
     <row r="46" spans="10:19" x14ac:dyDescent="0.25">
       <c r="N46" s="1"/>
     </row>
     <row r="47" spans="10:19" x14ac:dyDescent="0.25">
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
     </row>
     <row r="53" spans="14:14" x14ac:dyDescent="0.25">
       <c r="N53" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{75B93621-1819-47F8-8C4A-7078B3B88665}">
   <dimension ref="A1:N26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="T29" sqref="T29"/>
+      <selection activeCell="T28" sqref="T28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="4.5703125" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="81" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B1" s="86"/>
       <c r="C1" s="86"/>
       <c r="D1" s="87"/>
       <c r="G1" s="46" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="44"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2" s="95">
         <f>'Covar cent+scaled'!P16</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="B2" s="126">
         <f>'Covar cent+scaled'!Q16</f>
         <v>2</v>
       </c>
       <c r="C2" s="126">
         <f>'Covar cent+scaled'!R16</f>
         <v>-1.6</v>
       </c>
       <c r="D2" s="127">
         <f>'Covar cent+scaled'!S16</f>
         <v>-2.6000000000000005</v>
       </c>
       <c r="G2" s="134" cm="1">
         <f t="array" ref="G2:J5">MMULT(A9:D12,A16:D19)</f>
         <v>2.4000000000000004</v>
@@ -21180,215 +21289,215 @@
         <f ca="1">_xlfn.FORMULATEXT(A2)</f>
         <v>='Covar cent+scaled'!P16</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="G6" t="str">
         <f ca="1">_xlfn.FORMULATEXT(G2)</f>
         <v>=MMULT(A9:D12,A16:D19)</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
     </row>
     <row r="8" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="46" t="s">
         <v>108</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="44"/>
       <c r="F8" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="J8" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="N8" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" s="93">
         <f>SQRT(A2)</f>
         <v>1.5491933384829668</v>
       </c>
       <c r="B9" s="50">
         <v>0</v>
       </c>
       <c r="C9" s="50">
         <v>0</v>
       </c>
       <c r="D9" s="49">
         <v>0</v>
       </c>
       <c r="F9" t="s">
         <v>110</v>
       </c>
       <c r="G9" t="str">
         <f ca="1">_xlfn.FORMULATEXT(A9)</f>
         <v>=SQRT(A2)</v>
       </c>
       <c r="J9" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="K9" t="str">
         <f ca="1">_xlfn.FORMULATEXT(A10)</f>
         <v>=B2/A9</v>
       </c>
       <c r="N9" t="s">
-        <v>123</v>
+        <v>234</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="113">
         <f>B2/A9</f>
         <v>1.2909944487358056</v>
       </c>
       <c r="B10" s="168">
         <f>SQRT(B3-A10^2)</f>
         <v>0.85634883857767552</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10" s="47">
         <v>0</v>
       </c>
       <c r="F10" t="s">
         <v>113</v>
       </c>
       <c r="G10" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B10)</f>
         <v>=SQRT(B3-A10^2)</v>
       </c>
       <c r="J10" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="K10" t="str">
         <f ca="1">_xlfn.FORMULATEXT(A11)</f>
         <v>=C2/A9</v>
       </c>
       <c r="N10" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="113">
         <f>C2/A9</f>
         <v>-1.0327955589886446</v>
       </c>
       <c r="B11" s="168">
         <f>(C3-A10*A11)/B10</f>
         <v>-0.5449492609130655</v>
       </c>
       <c r="C11" s="168">
         <f>SQRT(C4-A11^2-B11^2)</f>
         <v>0.32098333762097964</v>
       </c>
       <c r="D11" s="47">
         <v>0</v>
       </c>
       <c r="F11" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G11" t="str">
         <f ca="1">_xlfn.FORMULATEXT(C11)</f>
         <v>=SQRT(C4-A11^2-B11^2)</v>
       </c>
       <c r="J11" t="s">
-        <v>116</v>
+        <v>232</v>
       </c>
       <c r="K11" t="str">
         <f ca="1">_xlfn.FORMULATEXT(A12)</f>
         <v>=D2/A9</v>
       </c>
       <c r="N11" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="114">
         <f>D2/A9</f>
         <v>-1.6782927833565475</v>
       </c>
       <c r="B12" s="169">
         <f>(D3-A10*A12)/B10</f>
         <v>-3.8924947208076002E-2</v>
       </c>
       <c r="C12" s="169">
         <f>(D4-A11*A12-B11*B12)/C11</f>
         <v>-6.6084804804319219E-2</v>
       </c>
       <c r="D12" s="170">
         <f>SQRT(D5-A12^2-B12^2-C12^2)</f>
         <v>0.37962830118264757</v>
       </c>
       <c r="F12" t="s">
-        <v>112</v>
+        <v>231</v>
       </c>
       <c r="G12" t="str">
         <f ca="1">_xlfn.FORMULATEXT(D12)</f>
         <v>=SQRT(D5-A12^2-B12^2-C12^2)</v>
       </c>
       <c r="J12" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="K12" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B11)</f>
         <v>=(C3-A10*A11)/B10</v>
       </c>
       <c r="N12" t="s">
-        <v>126</v>
+        <v>235</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="J13" t="s">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="K13" t="str">
         <f ca="1">_xlfn.FORMULATEXT(B12)</f>
         <v>=(D3-A10*A12)/B10</v>
       </c>
       <c r="N13" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="J14" t="s">
-        <v>119</v>
+        <v>233</v>
       </c>
       <c r="K14" t="str">
         <f ca="1">_xlfn.FORMULATEXT(C12)</f>
         <v>=(D4-A11*A12-B11*B12)/C11</v>
       </c>
       <c r="N14" t="s">
-        <v>128</v>
+        <v>236</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="46" t="s">
         <v>109</v>
       </c>
       <c r="B15" s="45"/>
       <c r="C15" s="45"/>
       <c r="D15" s="44"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="93" cm="1">
         <f t="array" ref="A16:D19">TRANSPOSE(A9:D12)</f>
         <v>1.5491933384829668</v>
       </c>
       <c r="B16" s="119">
         <v>1.2909944487358056</v>
       </c>
       <c r="C16" s="119">
         <v>-1.0327955589886446</v>
       </c>
       <c r="D16" s="154">
         <v>-1.6782927833565475</v>
       </c>
     </row>
@@ -21456,57 +21565,57 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{886246E4-2B44-4F90-B7B2-C9278FA25726}">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="3" customWidth="1"/>
     <col min="5" max="5" width="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="D1" t="s">
         <v>10</v>
       </c>
       <c r="F1" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G1" s="66" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="H1" s="75" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="74">
         <v>-2</v>
       </c>
       <c r="B2" s="74">
         <v>2.5</v>
       </c>
       <c r="D2" s="57">
         <v>2</v>
       </c>
       <c r="F2" s="55" cm="1">
         <f t="array" ref="F2:F3">MMULT(A2:B3,D2:D3)</f>
         <v>6</v>
       </c>
       <c r="H2" s="55">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" s="74">
         <v>2</v>
       </c>
       <c r="B3" s="74">
@@ -21547,57 +21656,57 @@
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="3" width="12.28515625" customWidth="1"/>
     <col min="5" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="5.5703125" customWidth="1"/>
     <col min="17" max="17" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="46" t="s">
         <v>82</v>
       </c>
       <c r="B1" s="45" t="s">
         <v>83</v>
       </c>
       <c r="C1" s="45" t="s">
         <v>84</v>
       </c>
       <c r="D1" s="45" t="s">
         <v>85</v>
       </c>
       <c r="E1" s="44" t="s">
         <v>86</v>
       </c>
       <c r="F1" s="45"/>
       <c r="G1" s="46" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="H1" s="45"/>
       <c r="I1" s="45"/>
       <c r="J1" s="44"/>
       <c r="L1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="R1" s="85" t="s">
         <v>108</v>
       </c>
       <c r="S1" s="45"/>
       <c r="T1" s="45"/>
       <c r="U1" s="44"/>
     </row>
     <row r="2" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="148" t="s">
         <v>89</v>
       </c>
       <c r="B2" s="50">
         <v>5</v>
       </c>
       <c r="C2" s="50">
         <v>4</v>
       </c>
       <c r="D2" s="50">
         <v>2</v>
       </c>
       <c r="E2" s="49">
         <v>1</v>
       </c>
       <c r="F2" s="50"/>
@@ -21609,96 +21718,96 @@
         <v>0.67959958156260658</v>
       </c>
       <c r="I2" s="156">
         <v>8.5424379898126374E-2</v>
       </c>
       <c r="J2" s="157">
         <v>5.3495265085481504E-2</v>
       </c>
       <c r="K2" s="96" t="s">
         <v>108</v>
       </c>
       <c r="L2" s="155" cm="1">
         <f t="array" ref="L2:O8">[1]!eigVECTSym(A20:D23)</f>
         <v>8.4148141067871158</v>
       </c>
       <c r="M2" s="156">
         <v>0.67959958156260658</v>
       </c>
       <c r="N2" s="156">
         <v>8.5424379898126374E-2</v>
       </c>
       <c r="O2" s="157">
         <v>5.3495265085481504E-2</v>
       </c>
       <c r="P2" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="R2" s="98">
         <f>G2</f>
         <v>8.4148141067871158</v>
       </c>
       <c r="S2" s="50">
         <v>0</v>
       </c>
       <c r="T2" s="50">
         <v>0</v>
       </c>
       <c r="U2" s="49">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3" s="149" t="s">
         <v>92</v>
       </c>
       <c r="B3">
         <v>4</v>
       </c>
       <c r="C3">
         <v>5</v>
       </c>
       <c r="D3">
         <v>2</v>
       </c>
       <c r="E3" s="47">
         <v>2</v>
       </c>
       <c r="G3" s="1">
         <v>-1.9669986558131636E-12</v>
       </c>
       <c r="H3" s="1">
         <v>-4.6024369925868885E-16</v>
       </c>
       <c r="I3" s="1">
         <v>-5.072098858881694E-18</v>
       </c>
       <c r="J3" s="1">
         <v>1.0167183059207636E-16</v>
       </c>
       <c r="K3" s="42" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="L3" s="82">
         <v>-0.51810244509786019</v>
       </c>
       <c r="M3" s="83">
         <v>-0.38947147186111097</v>
       </c>
       <c r="N3" s="83">
         <v>-0.47163134874514734</v>
       </c>
       <c r="O3" s="84">
         <v>-0.59786762738151422</v>
       </c>
       <c r="R3" s="48">
         <v>0</v>
       </c>
       <c r="S3" s="97">
         <f>H2</f>
         <v>0.67959958156260658</v>
       </c>
       <c r="T3">
         <v>0</v>
       </c>
       <c r="U3" s="47">
         <v>0</v>
@@ -21922,88 +22031,88 @@
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="72"/>
       <c r="G9" s="72"/>
       <c r="H9" s="72"/>
       <c r="I9" s="72"/>
       <c r="L9" t="str">
         <f ca="1">_xlfn.FORMULATEXT(L2)</f>
         <v>=eigVECTSym(A20:D23)</v>
       </c>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
     </row>
     <row r="10" spans="1:21" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="51" t="s">
         <v>100</v>
       </c>
       <c r="B10" s="50"/>
       <c r="C10" s="50"/>
       <c r="D10" s="50"/>
       <c r="E10" s="49"/>
       <c r="R10" s="1" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="11" spans="1:21" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="51"/>
       <c r="B11" s="83">
         <f>B2-B$8</f>
         <v>2</v>
       </c>
       <c r="C11" s="83">
         <f t="shared" ref="C11:E11" si="1">C2-C$8</f>
         <v>1</v>
       </c>
       <c r="D11" s="83">
         <f t="shared" si="1"/>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E11" s="84">
         <f t="shared" si="1"/>
         <v>-2.1666666666666665</v>
       </c>
       <c r="G11" s="46" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="H11" s="45"/>
       <c r="I11" s="45"/>
       <c r="J11" s="44"/>
       <c r="K11" s="66" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="L11" s="103" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="M11" s="45"/>
       <c r="N11" s="45"/>
       <c r="O11" s="44"/>
       <c r="R11" s="46" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="S11" s="45"/>
       <c r="T11" s="45"/>
       <c r="U11" s="44"/>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12" s="48"/>
       <c r="B12" s="1">
         <f t="shared" ref="B12:E16" si="2">B3-B$8</f>
         <v>1</v>
       </c>
       <c r="C12" s="1">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="D12" s="1">
         <f t="shared" si="2"/>
         <v>-1.3333333333333335</v>
       </c>
       <c r="E12" s="78">
         <f t="shared" si="2"/>
         <v>-1.1666666666666665</v>
       </c>
       <c r="G12" s="82" cm="1">
         <f t="array" ref="G12:J15">TRANSPOSE(L3:O6)</f>
@@ -22245,97 +22354,97 @@
       </c>
     </row>
     <row r="17" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="53" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="69">
         <f>AVERAGE(B11:B16)</f>
         <v>0</v>
       </c>
       <c r="C17" s="69">
         <f t="shared" ref="C17:E17" si="3">AVERAGE(C11:C16)</f>
         <v>0</v>
       </c>
       <c r="D17" s="69">
         <f t="shared" si="3"/>
         <v>-1.4802973661668753E-16</v>
       </c>
       <c r="E17" s="80">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="17.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G18" s="46" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="H18" s="45"/>
       <c r="I18" s="45"/>
       <c r="J18" s="44"/>
       <c r="L18" s="46" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="M18" s="45"/>
       <c r="N18" s="45"/>
       <c r="O18" s="44"/>
     </row>
     <row r="19" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="46" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B19" s="45"/>
       <c r="C19" s="45"/>
       <c r="D19" s="44"/>
       <c r="G19" s="104" cm="1">
         <f t="array" ref="G19:J22">MMULT(L3:O6,G12:J15)</f>
         <v>1.0000000000000093</v>
       </c>
       <c r="H19" s="105">
         <v>-1.8041124150158794E-15</v>
       </c>
       <c r="I19" s="105">
         <v>-1.609823385706477E-15</v>
       </c>
       <c r="J19" s="106">
         <v>6.9388939039072284E-15</v>
       </c>
       <c r="L19" s="104" cm="1">
         <f t="array" ref="L19:O22">MMULT(G12:J15,L3:O6)</f>
         <v>1</v>
       </c>
       <c r="M19" s="105">
         <v>-2.7755575615628914E-16</v>
       </c>
       <c r="N19" s="105">
         <v>4.7184478546569153E-16</v>
       </c>
       <c r="O19" s="106">
         <v>6.106226635438361E-16</v>
       </c>
       <c r="R19" s="2" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20" s="82" cm="1">
         <f t="array" ref="A20:D23">1/(COUNT(B2:B7)-1)*MMULT(TRANSPOSE(B11:E16),B11:E16)</f>
         <v>2.4000000000000004</v>
       </c>
       <c r="B20" s="83">
         <v>2</v>
       </c>
       <c r="C20" s="83">
         <v>-1.6</v>
       </c>
       <c r="D20" s="84">
         <v>-2.6000000000000005</v>
       </c>
       <c r="G20" s="88">
         <v>-1.8041124150158794E-15</v>
       </c>
       <c r="H20" s="3">
         <v>0.99999999999999567</v>
       </c>
       <c r="I20" s="3">
         <v>-6.9944050551384862E-15</v>
       </c>
@@ -22371,51 +22480,51 @@
       <c r="G21" s="88">
         <v>-1.609823385706477E-15</v>
       </c>
       <c r="H21" s="3">
         <v>-6.9944050551384862E-15</v>
       </c>
       <c r="I21" s="3">
         <v>0.99999999999999079</v>
       </c>
       <c r="J21" s="89">
         <v>-9.9920072216264089E-16</v>
       </c>
       <c r="L21" s="88">
         <v>4.7184478546569153E-16</v>
       </c>
       <c r="M21" s="3">
         <v>4.163336342344337E-16</v>
       </c>
       <c r="N21" s="3">
         <v>1.0000000000000002</v>
       </c>
       <c r="O21" s="89">
         <v>1.457167719820518E-14</v>
       </c>
       <c r="R21" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="77">
         <v>-1.6</v>
       </c>
       <c r="B22" s="1">
         <v>-1.7999999999999998</v>
       </c>
       <c r="C22" s="1">
         <v>1.466666666666667</v>
       </c>
       <c r="D22" s="78">
         <v>1.7333333333333336</v>
       </c>
       <c r="G22" s="90">
         <v>6.9388939039072284E-15</v>
       </c>
       <c r="H22" s="91">
         <v>-9.7144514654701197E-16</v>
       </c>
       <c r="I22" s="91">
         <v>-9.9920072216264089E-16</v>
       </c>
       <c r="J22" s="107">
@@ -22461,57 +22570,57 @@
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="str">
         <f ca="1">_xlfn.FORMULATEXT(A20)</f>
         <v>=1/(COUNT(B2:B7)-1)*MMULT(TRANSPOSE(B11:E16),B11:E16)</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
     </row>
     <row r="25" spans="1:18" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1"/>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
     </row>
     <row r="26" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="51" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B26" s="50" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C26" s="49" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A27" s="121">
         <f>L2</f>
         <v>8.4148141067871158</v>
       </c>
       <c r="B27" s="122">
         <f>A27/$A$31</f>
         <v>0.91135170831629442</v>
       </c>
       <c r="C27" s="84">
         <f>B27</f>
         <v>0.91135170831629442</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28" s="123">
         <f>M2</f>
         <v>0.67959958156260658</v>
       </c>
       <c r="B28" s="120">
         <f>A28/$A$31</f>
         <v>7.3602842768513366E-2</v>
       </c>